--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,83 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://suvaprodcloud.sharepoint.com/teams/Swissdec-Zertifizierung_Beratung/Freigegebene Dokumente/Zertifizierung_Beratung/30_Kopplungen/Verzeichnis_Datenempfaenger/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\storage.itserve.ch\data\itServe\Development\swissdecLohnstandard_old\Resultate\Publikation\AdressenEndempfaenger\final20250313XXXXXXXXX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{38C2F5AA-8A13-4DE6-BB55-17146D2CF9C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{08C4D178-5FA2-416D-A68B-68D4316418CC}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C974D173-EB2E-44A6-82FB-C5777ABF46BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21220" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3795" yWindow="2850" windowWidth="28590" windowHeight="17100" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Wichtig Importante Importante" sheetId="2" r:id="rId1"/>
     <sheet name="Endempfänger" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="997" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1006" uniqueCount="464">
   <si>
     <t>Vers.-Nr.
 No assureur
 N° assciuratore</t>
   </si>
   <si>
     <t>UVG 
 LAA 
 AINF</t>
   </si>
   <si>
     <t>UVGZ
  LAAC
 LAINFC</t>
   </si>
   <si>
     <t>KTG
  IJM
 IGM</t>
   </si>
   <si>
     <t>BVG
 LPP
 LPP</t>
   </si>
@@ -1373,50 +1369,53 @@
   <si>
     <t>it.eak@zas.admin.ch</t>
   </si>
   <si>
     <t>akis-support@was-luzern.ch</t>
   </si>
   <si>
     <t>swissdec@spida.ch</t>
   </si>
   <si>
     <t>connect@sva-bl.ch</t>
   </si>
   <si>
     <t>connect@sva-ag.ch</t>
   </si>
   <si>
     <t>swissdec@swica.ch</t>
   </si>
   <si>
     <t>015.000</t>
   </si>
   <si>
     <t>info@sovar.ch</t>
   </si>
   <si>
+    <t>Ausgleichskasse der AIHK - Aargauische Instrustrie- und Handelskammer</t>
+  </si>
+  <si>
     <t>Ausgleichskasse der Kommunikationsbranche - AGRAPI</t>
   </si>
   <si>
     <t>Ausgleichskasse Albicolac</t>
   </si>
   <si>
     <t>Sozialversicherungen Appenzell Ausserrhoden</t>
   </si>
   <si>
     <t>Ausgleichskasse Appenzell Innerrhoden</t>
   </si>
   <si>
     <t>Ausgleichskasse Arbeitgeber Basel</t>
   </si>
   <si>
     <t>Ausgleichskasse für das schweizerische Bankgewerbe</t>
   </si>
   <si>
     <t>Ausgleichskasse Basel-Stadt</t>
   </si>
   <si>
     <t>consimo - Ausgleichskasse 66 SBV (Schweizerischer Baumeisterverband)</t>
   </si>
   <si>
     <t>Ausgleichskasse des Kantons Bern</t>
@@ -1668,70 +1667,73 @@
   <si>
     <t>Caisse professionnelle d'allocations familiales des établissements médico-sociaux CAF EMS</t>
   </si>
   <si>
     <t>S998</t>
   </si>
   <si>
     <t>grape insurance AG</t>
   </si>
   <si>
     <t>engineering@grapehealth.ch</t>
   </si>
   <si>
     <t>CHE-313.051.787</t>
   </si>
   <si>
     <t>ÖKK Kranken- und Unfallversicherungen AG</t>
   </si>
   <si>
     <t xml:space="preserve"> x </t>
   </si>
   <si>
     <t xml:space="preserve">  2</t>
   </si>
   <si>
-    <t>Ausgleichskasse Aargauische Instrustrie- und Handelskammer</t>
+    <t>L37</t>
+  </si>
+  <si>
+    <t>CHE-105.961.752</t>
+  </si>
+  <si>
+    <t>Nur EMA (Eintritte, Mutation, Austritte)</t>
+  </si>
+  <si>
+    <t>(x) EMA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1885,220 +1887,255 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="50" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="50" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="50" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E6BA67EE-0E1C-472A-B233-96EBEFECBEF1}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{04F0B5B1-E3B6-4018-9756-E9796B2C10CA}"/>
   </cellStyles>
   <dxfs count="30">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
@@ -2350,136 +2387,108 @@
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <alignment vertical="bottom" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
-    <dxf>
-[...26 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{C6F2D713-1529-4CF0-AF71-85547F209016}" name="Tabelle4" displayName="Tabelle4" ref="A162:K189" totalsRowShown="0" headerRowDxfId="25" headerRowBorderDxfId="24">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{C6F2D713-1529-4CF0-AF71-85547F209016}" name="Tabelle4" displayName="Tabelle4" ref="A162:K189" totalsRowShown="0" headerRowDxfId="29" headerRowBorderDxfId="28">
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{911E3895-1A34-47AF-BB7F-2ACB7099AAF5}" name="Vers.-Nr._x000a_No assureur_x000a_N° assciuratore" dataDxfId="23" dataCellStyle="Normal 2"/>
-[...9 lines deleted...]
-    <tableColumn id="10" xr3:uid="{EE54790F-644D-4CEA-B83D-AE118D7BF82B}" name="Support E-Mail" dataDxfId="13"/>
+    <tableColumn id="1" xr3:uid="{911E3895-1A34-47AF-BB7F-2ACB7099AAF5}" name="Vers.-Nr._x000a_No assureur_x000a_N° assciuratore" dataDxfId="27" dataCellStyle="Normal 2"/>
+    <tableColumn id="2" xr3:uid="{128D2852-C628-4632-8394-1F4F5EFF1A98}" name="Datenempfänger_x000a_Destinataire de données_x000a_Destinatari dei dati" dataDxfId="26"/>
+    <tableColumn id="19" xr3:uid="{70A504B9-AA8E-4021-AACF-FB2CA3D4732E}" name=" " dataDxfId="25"/>
+    <tableColumn id="3" xr3:uid="{0AC87C61-1695-4AC9-8566-E36740CE0390}" name="Lohnausweis_x000a_Certificat de salaire_x000a_Certificato di salario" dataDxfId="24"/>
+    <tableColumn id="4" xr3:uid="{F851DE4C-893E-4904-AC4E-D71B8C7A1787}" name="Lohnausweis Wohnsitz im Ausland_x000a_Domiciliation à l’étranger_x000a_Residenza all’estero" dataDxfId="23" dataCellStyle="Normal 2"/>
+    <tableColumn id="5" xr3:uid="{9E364C7D-1EEC-43F4-902F-99D1F7439770}" name="Grenzgänger-meldung_x000a_Déclaration des frontaliers_x000a_Dichiarazione dei frontalieri" dataDxfId="22" dataCellStyle="Normal 2"/>
+    <tableColumn id="6" xr3:uid="{50224B3C-119D-4701-B117-B3A06BCEF302}" name="Quellen-steuer_x000a_Impôt à la source_x000a_Imposta alla fonte" dataDxfId="21"/>
+    <tableColumn id="7" xr3:uid="{4A17556D-44C4-412C-A6E9-BB31F426AE0C}" name="ELM" dataDxfId="20"/>
+    <tableColumn id="8" xr3:uid="{9B48C113-B4A8-4389-AD3C-0CE1FF3EF911}" name="   " dataDxfId="19" dataCellStyle="Normal 2"/>
+    <tableColumn id="9" xr3:uid="{61927F76-B0E2-4C15-86DA-6B21B5212C49}" name="  " dataDxfId="18" dataCellStyle="Normal 2"/>
+    <tableColumn id="10" xr3:uid="{EE54790F-644D-4CEA-B83D-AE118D7BF82B}" name="Support E-Mail" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{572CC334-2C7A-48F3-B6C6-772E7663A15C}" name="Tabelle5" displayName="Tabelle5" ref="A56:K144" totalsRowShown="0" dataDxfId="11" headerRowBorderDxfId="12">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{572CC334-2C7A-48F3-B6C6-772E7663A15C}" name="Tabelle5" displayName="Tabelle5" ref="A56:K144" totalsRowShown="0" dataDxfId="15" headerRowBorderDxfId="16">
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{4B4D23EE-2A5A-4386-868F-0947AC445CAF}" name="AK-Nr._x000a_no CC_x000a_no CC" dataDxfId="10"/>
-[...9 lines deleted...]
-    <tableColumn id="10" xr3:uid="{40046FF8-7F74-4711-9859-305AD294427E}" name="Support E-Mail" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{4B4D23EE-2A5A-4386-868F-0947AC445CAF}" name="AK-Nr._x000a_no CC_x000a_no CC" dataDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{2DBC41D2-7A1D-4CEA-BB82-C0F47057EA1F}" name="Datenempfänger_x000a_Destinataire de données_x000a_Destinatari dei dati" dataDxfId="13"/>
+    <tableColumn id="11" xr3:uid="{BA40D827-6FA5-4352-BB37-48CBABD0E8C0}" name=" " dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{16A651E8-F5E3-47C9-9F76-717104DB5A84}" name="   " dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{5684A573-714E-4F2D-B19A-E9249271171D}" name="AHV_x000a_AVS" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{BA9FCC1D-FD8D-4B14-926A-127A07C3FD5C}" name="FAK_x000a_CAF" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{051CF819-196C-4224-8905-9EF62EC9EC75}" name="Jahr_x000a_Année_x000a_Anno" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{FE83CF2E-E107-48FF-B17A-E492CF87F472}" name="ELM" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{F1C2AEB8-8F17-44CE-9702-35EC3F8EFD9A}" name="  " dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{C86309CD-7653-478D-B589-9E2D14C2A1F9}" name="  2" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{40046FF8-7F74-4711-9859-305AD294427E}" name="Support E-Mail" dataDxfId="4"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -2718,4351 +2727,4063 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-client@cicicam-cinalfa.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F0B58CA-CB0A-4659-BC36-C7DD0FB5146B}">
   <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="153.26953125" customWidth="1"/>
+    <col min="1" max="1" width="153.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="178.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" ht="178.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="24"/>
     </row>
-    <row r="3" spans="1:1" ht="203.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:1" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="35" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="5" spans="1:1" ht="183" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:1" ht="183" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="25" t="s">
         <v>280</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="1.1041666666666667" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Standard"&amp;8Datenempfänger
 Destinataire de données
 Destinatari dei dati &amp;R&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;D</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K194"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A55" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="B96" sqref="B96"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A16" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.7265625" customWidth="1"/>
-    <col min="2" max="2" width="57.26953125" customWidth="1"/>
+    <col min="1" max="1" width="16.7109375" customWidth="1"/>
+    <col min="2" max="2" width="57.28515625" customWidth="1"/>
     <col min="3" max="3" width="16" style="9" customWidth="1"/>
-    <col min="4" max="4" width="17.81640625" style="9" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="12.54296875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="17.85546875" style="9" customWidth="1"/>
+    <col min="5" max="5" width="15.28515625" style="9" customWidth="1"/>
+    <col min="6" max="6" width="16.42578125" style="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.5703125" style="9" customWidth="1"/>
     <col min="8" max="8" width="6" style="9" customWidth="1"/>
-    <col min="9" max="9" width="9.453125" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="37.26953125" customWidth="1"/>
+    <col min="9" max="9" width="9.42578125" style="9" customWidth="1"/>
+    <col min="10" max="10" width="9.85546875" customWidth="1"/>
+    <col min="11" max="11" width="37.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="49" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="53" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="54" t="s">
         <v>278</v>
       </c>
       <c r="C2" s="55" t="s">
         <v>320</v>
       </c>
       <c r="D2" s="56" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="56" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="56" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="56" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="55" t="s">
         <v>5</v>
       </c>
       <c r="I2" s="55" t="s">
         <v>6</v>
       </c>
       <c r="J2" s="57" t="s">
         <v>7</v>
       </c>
       <c r="K2" s="57" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" s="49"/>
       <c r="B3" s="37"/>
       <c r="C3" s="47"/>
       <c r="D3" s="47"/>
       <c r="E3" s="47"/>
       <c r="F3" s="47"/>
       <c r="G3" s="47"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="37"/>
       <c r="K3" s="37"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="58" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="48" t="s">
         <v>305</v>
       </c>
       <c r="C4" s="52" t="s">
         <v>321</v>
       </c>
       <c r="D4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="59"/>
       <c r="J4" s="48"/>
       <c r="K4" s="48" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A5" s="50" t="s">
         <v>358</v>
       </c>
       <c r="B5" s="37" t="s">
         <v>359</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>361</v>
       </c>
       <c r="D5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="47"/>
       <c r="J5" s="37"/>
       <c r="K5" s="37" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="58" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="48" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>323</v>
       </c>
       <c r="D6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="59"/>
       <c r="H6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="59"/>
       <c r="J6" s="48"/>
       <c r="K6" s="48" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A7" s="50" t="s">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="65" t="s">
+        <v>460</v>
+      </c>
+      <c r="B7" s="66" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="67" t="s">
+        <v>461</v>
+      </c>
+      <c r="D7" s="68"/>
+      <c r="E7" s="68"/>
+      <c r="F7" s="68"/>
+      <c r="G7" s="68" t="s">
+        <v>463</v>
+      </c>
+      <c r="H7" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="68"/>
+      <c r="J7" s="66"/>
+      <c r="K7" s="66" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="58" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="37" t="s">
+      <c r="B8" s="48" t="s">
         <v>319</v>
       </c>
-      <c r="C7" s="51" t="s">
+      <c r="C8" s="52" t="s">
         <v>324</v>
-      </c>
-[...27 lines deleted...]
-        <v>325</v>
       </c>
       <c r="D8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="59"/>
       <c r="H8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="59"/>
       <c r="J8" s="48"/>
       <c r="K8" s="48" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="65" t="s">
+        <v>267</v>
+      </c>
+      <c r="B9" s="66" t="s">
+        <v>268</v>
+      </c>
+      <c r="C9" s="67" t="s">
+        <v>325</v>
+      </c>
+      <c r="D9" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="68"/>
+      <c r="H9" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="68"/>
+      <c r="J9" s="66"/>
+      <c r="K9" s="66" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A9" s="50" t="s">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="58" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="37" t="s">
+      <c r="B10" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="51" t="s">
+      <c r="C10" s="52" t="s">
         <v>326</v>
-      </c>
-[...27 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="59"/>
       <c r="H10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="59"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="65" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="67" t="s">
+        <v>327</v>
+      </c>
+      <c r="D11" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="68"/>
+      <c r="J11" s="66"/>
+      <c r="K11" s="66" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A11" s="50" t="s">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="58" t="s">
         <v>21</v>
       </c>
-      <c r="B11" s="37" t="s">
+      <c r="B12" s="48" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="51" t="s">
+      <c r="C12" s="52" t="s">
         <v>328</v>
       </c>
-      <c r="D11" s="47" t="s">
-[...29 lines deleted...]
-      <c r="E12" s="59"/>
+      <c r="D12" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="59" t="s">
+        <v>11</v>
+      </c>
       <c r="F12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="59"/>
       <c r="H12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="59"/>
       <c r="J12" s="48"/>
       <c r="K12" s="48" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="65" t="s">
+        <v>453</v>
+      </c>
+      <c r="B13" s="66" t="s">
         <v>454</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="50" t="s">
+      <c r="C13" s="67" t="s">
+        <v>456</v>
+      </c>
+      <c r="D13" s="68"/>
+      <c r="E13" s="68"/>
+      <c r="F13" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="68"/>
+      <c r="H13" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="68"/>
+      <c r="J13" s="66"/>
+      <c r="K13" s="66" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="B13" s="37" t="s">
+      <c r="B14" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C13" s="51" t="s">
+      <c r="C14" s="52" t="s">
         <v>329</v>
-      </c>
-[...27 lines deleted...]
-        <v>330</v>
       </c>
       <c r="D14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="59"/>
       <c r="H14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I14" s="59"/>
       <c r="J14" s="48"/>
       <c r="K14" s="48" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="66" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="67" t="s">
+        <v>330</v>
+      </c>
+      <c r="D15" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="68"/>
+      <c r="H15" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="68"/>
+      <c r="J15" s="66"/>
+      <c r="K15" s="66" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A15" s="50" t="s">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="58" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="37" t="s">
+      <c r="B16" s="48" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="51" t="s">
+      <c r="C16" s="52" t="s">
         <v>331</v>
       </c>
-      <c r="D15" s="47" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="G16" s="59"/>
+      <c r="G16" s="59" t="s">
+        <v>11</v>
+      </c>
       <c r="H16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="59"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="66" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="67" t="s">
+        <v>332</v>
+      </c>
+      <c r="D17" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="68"/>
+      <c r="H17" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="68"/>
+      <c r="J17" s="66"/>
+      <c r="K17" s="66" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A17" s="50" t="s">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="37" t="s">
+      <c r="B18" s="48" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="51" t="s">
+      <c r="C18" s="52" t="s">
         <v>344</v>
       </c>
-      <c r="D17" s="47"/>
-[...29 lines deleted...]
-      </c>
+      <c r="D18" s="59"/>
+      <c r="E18" s="59"/>
       <c r="F18" s="59" t="s">
-        <v>11</v>
+        <v>458</v>
       </c>
       <c r="G18" s="59"/>
       <c r="H18" s="59" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="I18" s="59"/>
       <c r="J18" s="48"/>
       <c r="K18" s="48" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="65" t="s">
+        <v>343</v>
+      </c>
+      <c r="B19" s="66" t="s">
+        <v>457</v>
+      </c>
+      <c r="C19" s="67" t="s">
+        <v>333</v>
+      </c>
+      <c r="D19" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="68"/>
+      <c r="H19" s="68" t="s">
+        <v>458</v>
+      </c>
+      <c r="I19" s="68"/>
+      <c r="J19" s="66"/>
+      <c r="K19" s="66" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A19" s="50" t="s">
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="58" t="s">
         <v>37</v>
       </c>
-      <c r="B19" s="37" t="s">
+      <c r="B20" s="48" t="s">
         <v>38</v>
       </c>
-      <c r="C19" s="51" t="s">
+      <c r="C20" s="52" t="s">
         <v>334</v>
       </c>
-      <c r="D19" s="47" t="s">
-[...29 lines deleted...]
-      <c r="E20" s="59"/>
+      <c r="D20" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="59" t="s">
+        <v>11</v>
+      </c>
       <c r="F20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="59"/>
       <c r="H20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I20" s="59"/>
       <c r="J20" s="48"/>
       <c r="K20" s="48" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="65" t="s">
+        <v>301</v>
+      </c>
+      <c r="B21" s="66" t="s">
+        <v>302</v>
+      </c>
+      <c r="C21" s="67" t="s">
+        <v>335</v>
+      </c>
+      <c r="D21" s="68"/>
+      <c r="E21" s="68"/>
+      <c r="F21" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="68"/>
+      <c r="H21" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="68"/>
+      <c r="J21" s="66"/>
+      <c r="K21" s="66" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A21" s="50" t="s">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="58" t="s">
         <v>40</v>
       </c>
-      <c r="B21" s="37" t="s">
+      <c r="B22" s="48" t="s">
         <v>41</v>
       </c>
-      <c r="C21" s="51" t="s">
+      <c r="C22" s="52" t="s">
         <v>336</v>
       </c>
-      <c r="D21" s="47" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="D22" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="E22" s="59"/>
+      <c r="E22" s="59" t="s">
+        <v>11</v>
+      </c>
       <c r="F22" s="59"/>
       <c r="G22" s="59"/>
       <c r="H22" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="I22" s="59" t="s">
+      <c r="I22" s="59"/>
+      <c r="J22" s="48"/>
+      <c r="K22" s="48" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="65" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="67" t="s">
+        <v>337</v>
+      </c>
+      <c r="D23" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="68"/>
+      <c r="F23" s="68"/>
+      <c r="G23" s="68"/>
+      <c r="H23" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="68" t="s">
         <v>298</v>
       </c>
-      <c r="J22" s="48" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="48" t="s">
+      <c r="J23" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="K23" s="66" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A23" s="50" t="s">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="B23" s="37" t="s">
+      <c r="B24" s="48" t="s">
         <v>47</v>
       </c>
-      <c r="C23" s="51" t="s">
+      <c r="C24" s="52" t="s">
         <v>338</v>
-      </c>
-[...31 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="59"/>
       <c r="H24" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="I24" s="59"/>
-      <c r="J24" s="48"/>
+      <c r="I24" s="59" t="s">
+        <v>298</v>
+      </c>
+      <c r="J24" s="48" t="s">
+        <v>11</v>
+      </c>
       <c r="K24" s="48" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="65" t="s">
+        <v>270</v>
+      </c>
+      <c r="B25" s="66" t="s">
+        <v>271</v>
+      </c>
+      <c r="C25" s="67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D25" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="68"/>
+      <c r="H25" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="68"/>
+      <c r="J25" s="66"/>
+      <c r="K25" s="66" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A25" s="50" t="s">
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="58" t="s">
         <v>48</v>
       </c>
-      <c r="B25" s="37" t="s">
+      <c r="B26" s="48" t="s">
         <v>49</v>
       </c>
-      <c r="C25" s="51" t="s">
+      <c r="C26" s="52" t="s">
         <v>340</v>
-      </c>
-[...27 lines deleted...]
-        <v>341</v>
       </c>
       <c r="D26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="59"/>
       <c r="H26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I26" s="59"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="65" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="67" t="s">
+        <v>341</v>
+      </c>
+      <c r="D27" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="68"/>
+      <c r="H27" s="68" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="68"/>
+      <c r="J27" s="66"/>
+      <c r="K27" s="66" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A27" s="37" t="s">
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="48" t="s">
         <v>54</v>
       </c>
-      <c r="B27" s="37" t="s">
+      <c r="B28" s="48" t="s">
         <v>55</v>
       </c>
-      <c r="C27" s="51" t="s">
+      <c r="C28" s="52" t="s">
         <v>342</v>
       </c>
-      <c r="D27" s="47" t="s">
-[...14 lines deleted...]
-      <c r="K27" s="37" t="s">
+      <c r="D28" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="59"/>
+      <c r="H28" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="I28" s="59"/>
+      <c r="J28" s="48"/>
+      <c r="K28" s="48" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A29" s="36" t="s">
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="36" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A30" t="s">
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
         <v>285</v>
       </c>
-      <c r="B30" t="s">
+      <c r="B31" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A31" t="s">
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
         <v>286</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B32" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A32" t="s">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
         <v>287</v>
       </c>
-      <c r="B32" t="s">
+      <c r="B33" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A33" t="s">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
         <v>288</v>
       </c>
-      <c r="B33" t="s">
+      <c r="B34" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="B34" t="s">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B35" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
+        <v>463</v>
+      </c>
+      <c r="B36" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A37" t="s">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A38" t="s">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="54" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A54" s="7"/>
       <c r="B54" s="7"/>
       <c r="C54" s="8"/>
     </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A55" s="10" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="56" spans="1:11" ht="51" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>322</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>59</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>60</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I56" s="11" t="s">
         <v>277</v>
       </c>
       <c r="J56" s="60" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
       <c r="C57"/>
       <c r="J57" s="9"/>
     </row>
-    <row r="58" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A58" s="39" t="s">
         <v>181</v>
       </c>
       <c r="B58" s="37" t="s">
         <v>182</v>
       </c>
       <c r="C58" s="37"/>
       <c r="E58" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J58" s="9"/>
       <c r="K58" s="37" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A59" s="39" t="s">
         <v>77</v>
       </c>
       <c r="B59" s="37" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C59" s="37"/>
       <c r="E59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J59" s="9"/>
       <c r="K59" s="37" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A60" s="39" t="s">
         <v>106</v>
       </c>
       <c r="B60" s="46" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C60" s="37"/>
       <c r="E60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J60" s="9"/>
       <c r="K60" s="45" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="61" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A61" s="39" t="s">
         <v>142</v>
       </c>
       <c r="B61" s="37" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C61" s="37"/>
       <c r="E61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J61" s="9"/>
       <c r="K61" s="37" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A62" s="39" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="37" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C62" s="37"/>
       <c r="E62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J62" s="9"/>
       <c r="K62" s="37" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A63" s="39" t="s">
         <v>117</v>
       </c>
       <c r="B63" s="37" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C63" s="37"/>
       <c r="E63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J63" s="9"/>
       <c r="K63" s="37" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A64" s="39" t="s">
         <v>115</v>
       </c>
       <c r="B64" s="37" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C64" s="37"/>
       <c r="E64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J64" s="9"/>
       <c r="K64" s="37" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="65" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A65" s="39" t="s">
         <v>172</v>
       </c>
       <c r="B65" s="37" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C65" s="13"/>
       <c r="E65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J65" s="9"/>
       <c r="K65" s="37" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="66" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A66" s="39" t="s">
         <v>149</v>
       </c>
       <c r="B66" s="37" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C66" s="37"/>
       <c r="E66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J66" s="9"/>
       <c r="K66" s="37" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="67" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A67" s="39" t="s">
         <v>156</v>
       </c>
       <c r="B67" s="37" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C67" s="37"/>
       <c r="E67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J67" s="9"/>
       <c r="K67" s="37" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="68" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A68" s="39" t="s">
         <v>129</v>
       </c>
       <c r="B68" s="37" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C68" s="37"/>
       <c r="E68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J68" s="9"/>
       <c r="K68" s="37" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="69" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A69" s="39" t="s">
         <v>74</v>
       </c>
       <c r="B69" s="37" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C69" s="37"/>
       <c r="E69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J69" s="9"/>
       <c r="K69" s="37" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="70" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A70" s="39" t="s">
         <v>131</v>
       </c>
       <c r="B70" s="37" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C70" s="37"/>
       <c r="E70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J70" s="9"/>
       <c r="K70" s="37" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="71" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A71" s="39" t="s">
         <v>178</v>
       </c>
       <c r="B71" s="37" t="s">
         <v>179</v>
       </c>
       <c r="C71" s="37"/>
       <c r="E71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J71" s="9"/>
       <c r="K71" s="37" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="72" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A72" s="39" t="s">
         <v>369</v>
       </c>
       <c r="B72" s="37" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C72" s="37"/>
       <c r="E72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J72" s="9"/>
       <c r="K72" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="73" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A73" s="39" t="s">
         <v>68</v>
       </c>
       <c r="B73" s="37" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C73" s="37"/>
       <c r="E73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J73" s="9"/>
       <c r="K73" s="37" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="74" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A74" s="39" t="s">
         <v>132</v>
       </c>
       <c r="B74" s="37" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C74" s="37"/>
       <c r="E74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J74" s="9"/>
       <c r="K74" s="37" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="75" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A75" s="39" t="s">
         <v>176</v>
       </c>
       <c r="B75" s="37" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C75" s="37"/>
       <c r="E75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J75" s="9"/>
       <c r="K75" s="37" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="76" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A76" s="39" t="s">
         <v>174</v>
       </c>
       <c r="B76" s="37" t="s">
         <v>175</v>
       </c>
       <c r="C76" s="37"/>
       <c r="E76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J76" s="9"/>
       <c r="K76" s="37" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="77" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A77" s="39" t="s">
         <v>137</v>
       </c>
       <c r="B77" s="37" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C77" s="37"/>
       <c r="E77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J77" s="9"/>
       <c r="K77" s="37" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="78" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A78" s="39" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="37" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C78" s="37"/>
       <c r="E78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J78" s="9"/>
       <c r="K78" s="37" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="79" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A79" s="39" t="s">
         <v>146</v>
       </c>
       <c r="B79" s="37" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C79" s="37"/>
       <c r="E79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J79" s="9"/>
       <c r="K79" s="37" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="80" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A80" s="39" t="s">
         <v>144</v>
       </c>
       <c r="B80" s="37" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C80" s="37"/>
       <c r="E80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J80" s="9"/>
       <c r="K80" s="37" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="81" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A81" s="39" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="37" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C81" s="37"/>
       <c r="E81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J81" s="9"/>
       <c r="K81" s="37" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="82" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A82" s="39" t="s">
         <v>171</v>
       </c>
       <c r="B82" s="37" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C82" s="13"/>
       <c r="E82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J82" s="9"/>
       <c r="K82" s="37" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="83" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A83" s="39" t="s">
         <v>89</v>
       </c>
       <c r="B83" s="37" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C83" s="37"/>
       <c r="E83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J83" s="9"/>
       <c r="K83" s="37" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="84" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A84" s="39" t="s">
         <v>107</v>
       </c>
       <c r="B84" s="46" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C84" s="37"/>
       <c r="E84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J84" s="9"/>
       <c r="K84" s="37" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="85" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A85" s="39" t="s">
         <v>105</v>
       </c>
       <c r="B85" s="37" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C85" s="37"/>
       <c r="E85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J85" s="9"/>
       <c r="K85" s="37" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="86" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A86" s="39" t="s">
         <v>87</v>
       </c>
       <c r="B86" s="37" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C86" s="37"/>
       <c r="E86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J86" s="9"/>
       <c r="K86" s="37" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="87" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A87" s="39" t="s">
         <v>119</v>
       </c>
       <c r="B87" s="37" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C87" s="37"/>
       <c r="E87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J87" s="9"/>
       <c r="K87" s="37" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="88" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A88" s="39" t="s">
         <v>113</v>
       </c>
       <c r="B88" s="37" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C88" s="37"/>
       <c r="E88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J88" s="9"/>
       <c r="K88" s="37" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="89" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A89" s="39" t="s">
         <v>109</v>
       </c>
       <c r="B89" s="37" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C89" s="37"/>
       <c r="E89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J89" s="9"/>
       <c r="K89" s="37" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="90" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A90" s="39" t="s">
         <v>84</v>
       </c>
       <c r="B90" s="37" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C90" s="37"/>
       <c r="E90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J90" s="9"/>
       <c r="K90" s="37" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="91" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A91" s="39" t="s">
         <v>90</v>
       </c>
       <c r="B91" s="37" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C91" s="37"/>
       <c r="E91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J91" s="9"/>
       <c r="K91" s="37" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A92" s="39" t="s">
         <v>120</v>
       </c>
       <c r="B92" s="37" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C92" s="37"/>
       <c r="E92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J92" s="9"/>
       <c r="K92" s="37" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="93" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A93" s="39" t="s">
         <v>70</v>
       </c>
       <c r="B93" s="37" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C93" s="37"/>
       <c r="E93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J93" s="9"/>
       <c r="K93" s="37" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A94" s="39" t="s">
         <v>170</v>
       </c>
       <c r="B94" s="37" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C94" s="37"/>
       <c r="E94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J94" s="9"/>
       <c r="K94" s="37" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="95" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A95" s="39" t="s">
         <v>101</v>
       </c>
       <c r="B95" s="37" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C95" s="37"/>
       <c r="E95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J95" s="9"/>
       <c r="K95" s="37" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="96" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A96" s="39" t="s">
         <v>62</v>
       </c>
-      <c r="B96" s="65" t="s">
-        <v>459</v>
+      <c r="B96" s="37" t="s">
+        <v>371</v>
       </c>
       <c r="C96" s="37"/>
       <c r="E96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J96" s="9"/>
       <c r="K96" s="37" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="97" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A97" s="44" t="s">
         <v>307</v>
       </c>
       <c r="B97" s="37" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C97" s="37"/>
       <c r="E97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J97" s="9"/>
       <c r="K97" s="37" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="98" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A98" s="44" t="s">
         <v>308</v>
       </c>
       <c r="B98" s="37" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C98" s="37"/>
       <c r="E98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J98" s="9"/>
       <c r="K98" s="37" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="99" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A99" s="44" t="s">
         <v>309</v>
       </c>
       <c r="B99" s="37" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C99" s="37"/>
       <c r="E99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J99" s="9"/>
       <c r="K99" s="37" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="100" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A100" s="44" t="s">
         <v>310</v>
       </c>
       <c r="B100" s="37" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C100" s="37"/>
       <c r="E100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J100" s="9"/>
       <c r="K100" s="37" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="101" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A101" s="44" t="s">
         <v>311</v>
       </c>
       <c r="B101" s="37" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C101" s="37"/>
       <c r="E101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J101" s="9"/>
       <c r="K101" s="37" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="102" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A102" s="44" t="s">
         <v>312</v>
       </c>
       <c r="B102" s="37" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C102" s="37"/>
       <c r="E102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J102" s="9"/>
       <c r="K102" s="37" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="103" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A103" s="39" t="s">
         <v>139</v>
       </c>
       <c r="B103" s="37" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C103" s="37"/>
       <c r="E103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J103" s="9"/>
       <c r="K103" s="37" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="104" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A104" s="39" t="s">
         <v>166</v>
       </c>
       <c r="B104" s="37" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C104" s="37"/>
       <c r="E104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J104" s="9"/>
       <c r="K104" s="37" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="105" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A105" s="39" t="s">
         <v>134</v>
       </c>
       <c r="B105" s="37" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C105" s="37"/>
       <c r="E105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J105" s="9"/>
       <c r="K105" s="37" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="106" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A106" s="39" t="s">
         <v>79</v>
       </c>
       <c r="B106" s="37" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C106" s="37"/>
       <c r="E106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J106" s="9"/>
       <c r="K106" s="37" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="107" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A107" s="39" t="s">
         <v>151</v>
       </c>
       <c r="B107" s="37" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C107" s="37"/>
       <c r="E107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J107" s="9"/>
       <c r="K107" s="37" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="108" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A108" s="39" t="s">
         <v>76</v>
       </c>
       <c r="B108" s="37" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C108" s="37"/>
       <c r="E108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J108" s="9"/>
       <c r="K108" s="37" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="109" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A109" s="10" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="51" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:11" ht="51" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="3" t="s">
         <v>58</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>59</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>60</v>
       </c>
       <c r="H110" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I110" s="11" t="s">
         <v>277</v>
       </c>
       <c r="J110" s="11" t="s">
         <v>322</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="111" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A111" s="40"/>
       <c r="B111" s="41"/>
       <c r="C111" s="41"/>
       <c r="D111" s="42"/>
       <c r="E111" s="42"/>
       <c r="F111" s="42"/>
       <c r="G111" s="42"/>
       <c r="H111" s="42"/>
       <c r="I111" s="42"/>
       <c r="J111" s="42"/>
       <c r="K111" s="43"/>
     </row>
-    <row r="112" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A112" s="39" t="s">
         <v>163</v>
       </c>
       <c r="B112" s="37" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C112" s="37"/>
       <c r="E112" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J112" s="9"/>
       <c r="K112" s="37" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="113" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A113" s="39" t="s">
         <v>141</v>
       </c>
       <c r="B113" s="37" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C113" s="37"/>
       <c r="E113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J113" s="9"/>
       <c r="K113" s="37" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="114" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A114" s="39" t="s">
         <v>110</v>
       </c>
       <c r="B114" s="37" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C114" s="37"/>
       <c r="E114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J114" s="9"/>
       <c r="K114" s="37" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="115" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A115" s="39" t="s">
         <v>168</v>
       </c>
       <c r="B115" s="37" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C115" s="37"/>
       <c r="E115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J115" s="9"/>
       <c r="K115" s="37" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="116" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A116" s="39" t="s">
         <v>66</v>
       </c>
       <c r="B116" s="37" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C116" s="37"/>
       <c r="E116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J116" s="9"/>
       <c r="K116" s="37" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="117" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A117" s="39" t="s">
         <v>112</v>
       </c>
       <c r="B117" s="37" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C117" s="37"/>
       <c r="E117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J117" s="9"/>
       <c r="K117" s="37" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="118" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A118" s="39" t="s">
         <v>130</v>
       </c>
       <c r="B118" s="37" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C118" s="37"/>
       <c r="E118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J118" s="9"/>
       <c r="K118" s="37" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="119" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A119" s="39" t="s">
         <v>148</v>
       </c>
       <c r="B119" s="37" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C119" s="37"/>
       <c r="E119" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H119" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J119" s="9"/>
       <c r="K119" s="37" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="120" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A120" s="39" t="s">
         <v>81</v>
       </c>
       <c r="B120" s="37" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C120" s="37"/>
       <c r="E120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J120" s="9"/>
       <c r="K120" s="37" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:11" x14ac:dyDescent="0.35">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A121" s="39" t="s">
         <v>72</v>
       </c>
       <c r="B121" s="37" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C121" s="37"/>
       <c r="E121" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J121" s="9"/>
       <c r="K121" s="37" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="122" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A122" s="39" t="s">
         <v>92</v>
       </c>
       <c r="B122" s="37" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C122" s="37"/>
       <c r="E122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J122" s="9"/>
       <c r="K122" s="37" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="123" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A123" s="39" t="s">
         <v>100</v>
       </c>
       <c r="B123" s="37" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C123" s="37"/>
       <c r="E123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J123" s="9"/>
       <c r="K123" s="37" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="124" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A124" s="39" t="s">
         <v>123</v>
       </c>
       <c r="B124" s="37" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C124" s="37"/>
       <c r="E124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J124" s="9"/>
       <c r="K124" s="37" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="125" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A125" s="39" t="s">
         <v>64</v>
       </c>
       <c r="B125" s="37" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C125" s="37"/>
       <c r="E125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J125" s="9"/>
       <c r="K125" s="37" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="126" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A126" s="39" t="s">
         <v>125</v>
       </c>
       <c r="B126" s="37" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C126" s="37"/>
       <c r="E126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J126" s="9"/>
       <c r="K126" s="37" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="127" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A127" s="39" t="s">
         <v>96</v>
       </c>
       <c r="B127" s="37" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C127" s="37"/>
       <c r="E127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J127" s="9"/>
       <c r="K127" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="128" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A128" s="39" t="s">
         <v>98</v>
       </c>
       <c r="B128" s="37" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C128" s="37"/>
       <c r="E128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J128" s="9"/>
       <c r="K128" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A129" s="39" t="s">
         <v>99</v>
       </c>
       <c r="B129" s="37" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C129" s="37"/>
       <c r="E129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J129" s="9"/>
       <c r="K129" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A130" s="39" t="s">
         <v>97</v>
       </c>
       <c r="B130" s="37" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C130" s="37"/>
       <c r="E130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J130" s="9"/>
       <c r="K130" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A131" s="39" t="s">
         <v>94</v>
       </c>
       <c r="B131" s="37" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C131" s="37"/>
       <c r="E131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J131" s="9"/>
       <c r="K131" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="132" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A132" s="39" t="s">
         <v>82</v>
       </c>
       <c r="B132" s="37" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C132" s="37"/>
       <c r="E132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J132" s="9"/>
       <c r="K132" s="37" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="133" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A133" s="39" t="s">
         <v>102</v>
       </c>
       <c r="B133" s="37" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C133" s="37"/>
       <c r="E133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J133" s="9"/>
       <c r="K133" s="37" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="134" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A134" s="39" t="s">
         <v>165</v>
       </c>
       <c r="B134" s="37" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C134" s="37"/>
       <c r="E134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J134" s="9"/>
       <c r="K134" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="135" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A135" s="39" t="s">
         <v>153</v>
       </c>
       <c r="B135" s="37" t="s">
         <v>154</v>
       </c>
       <c r="C135" s="37"/>
       <c r="E135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J135" s="9"/>
       <c r="K135" s="37" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="136" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A136" s="39" t="s">
         <v>103</v>
       </c>
       <c r="B136" s="37" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C136" s="37"/>
       <c r="E136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J136" s="9"/>
       <c r="K136" s="37" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="137" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A137" s="39" t="s">
         <v>85</v>
       </c>
       <c r="B137" s="37" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C137" s="37"/>
       <c r="E137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J137" s="9"/>
       <c r="K137" s="37" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="138" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A138" s="39" t="s">
         <v>88</v>
       </c>
       <c r="B138" s="37" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C138" s="37"/>
       <c r="E138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J138" s="9"/>
       <c r="K138" s="37" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="139" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A139" s="39" t="s">
         <v>122</v>
       </c>
       <c r="B139" s="37" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C139" s="37"/>
       <c r="E139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J139" s="9"/>
       <c r="K139" s="37" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="140" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A140" s="39" t="s">
         <v>136</v>
       </c>
       <c r="B140" s="37" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C140" s="37"/>
       <c r="E140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J140" s="9"/>
       <c r="K140" s="37" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="141" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A141" s="39" t="s">
         <v>157</v>
       </c>
       <c r="B141" s="37" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C141" s="37"/>
       <c r="E141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J141" s="9"/>
       <c r="K141" s="37" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="142" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="142" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A142" s="62" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B142" s="48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C142" s="59"/>
       <c r="D142" s="63"/>
       <c r="E142" s="63"/>
       <c r="F142" s="63" t="s">
         <v>11</v>
       </c>
       <c r="G142" s="63" t="s">
         <v>11</v>
       </c>
       <c r="H142" s="63" t="s">
         <v>11</v>
       </c>
       <c r="I142" s="63"/>
       <c r="J142" s="64"/>
       <c r="K142" s="48" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:11" x14ac:dyDescent="0.35">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A143" s="39"/>
       <c r="B143" s="37"/>
       <c r="C143" s="47"/>
       <c r="J143" s="16"/>
       <c r="K143" s="37"/>
     </row>
-    <row r="144" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A144" s="39"/>
       <c r="B144" s="37"/>
       <c r="C144" s="47"/>
       <c r="J144" s="16"/>
       <c r="K144" s="37"/>
     </row>
-    <row r="145" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="145" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A145" s="14"/>
       <c r="B145" s="15"/>
       <c r="J145" s="12"/>
     </row>
-    <row r="147" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="147" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A147" s="10" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="39.5" x14ac:dyDescent="0.35">
+    <row r="148" spans="1:11" ht="39" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C148" s="2"/>
       <c r="D148" s="3" t="s">
         <v>185</v>
       </c>
       <c r="E148" s="11"/>
       <c r="F148" s="3" t="s">
         <v>186</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>61</v>
       </c>
       <c r="H148" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I148" s="11"/>
       <c r="J148" s="11"/>
       <c r="K148" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="149" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A149" s="6"/>
     </row>
-    <row r="150" spans="1:11" ht="26" x14ac:dyDescent="0.35">
+    <row r="150" spans="1:11" ht="26.25" x14ac:dyDescent="0.25">
       <c r="A150" s="46" t="s">
         <v>187</v>
       </c>
       <c r="B150" s="37" t="s">
         <v>352</v>
       </c>
       <c r="C150" s="37"/>
       <c r="D150" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="47"/>
       <c r="F150" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="47" t="s">
         <v>11</v>
       </c>
       <c r="H150" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I150" s="47"/>
       <c r="J150" s="47"/>
       <c r="K150" s="37" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="151" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="151" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B151" s="12"/>
       <c r="C151" s="16"/>
       <c r="J151" s="12"/>
     </row>
-    <row r="152" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="152" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A152" s="10" t="s">
         <v>183</v>
       </c>
       <c r="B152" s="7"/>
     </row>
-    <row r="153" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="153" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A153" s="15" t="s">
         <v>282</v>
       </c>
       <c r="B153" s="7"/>
     </row>
-    <row r="154" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="154" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A154" s="15" t="s">
         <v>283</v>
       </c>
       <c r="B154" s="7"/>
       <c r="C154" s="9"/>
       <c r="D154" s="9"/>
       <c r="E154" s="9"/>
       <c r="F154" s="9"/>
       <c r="G154" s="9"/>
       <c r="H154" s="9"/>
       <c r="I154" s="9"/>
       <c r="J154"/>
       <c r="K154"/>
     </row>
-    <row r="155" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="155" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A155" s="15" t="s">
         <v>284</v>
       </c>
       <c r="B155" s="7"/>
       <c r="C155" s="9"/>
       <c r="D155" s="9"/>
       <c r="E155" s="9"/>
       <c r="F155" s="9"/>
       <c r="G155" s="9"/>
       <c r="H155" s="9"/>
       <c r="I155" s="9"/>
       <c r="J155"/>
       <c r="K155"/>
     </row>
-    <row r="156" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="156" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A156" s="61" t="s">
         <v>353</v>
       </c>
       <c r="B156" s="7"/>
       <c r="C156" s="9"/>
       <c r="D156" s="9"/>
       <c r="E156" s="9"/>
       <c r="F156" s="9"/>
       <c r="G156" s="9"/>
       <c r="H156" s="9"/>
       <c r="I156" s="9"/>
       <c r="J156"/>
       <c r="K156"/>
     </row>
-    <row r="157" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="157" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A157" s="61" t="s">
         <v>354</v>
       </c>
       <c r="B157" s="7"/>
       <c r="C157" s="9"/>
       <c r="D157" s="9"/>
       <c r="E157" s="9"/>
       <c r="F157" s="9"/>
       <c r="G157" s="9"/>
       <c r="H157" s="9"/>
       <c r="I157" s="9"/>
       <c r="J157"/>
       <c r="K157"/>
     </row>
-    <row r="158" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A158" s="61" t="s">
         <v>355</v>
       </c>
       <c r="B158" s="7"/>
       <c r="C158" s="9"/>
       <c r="D158" s="9"/>
       <c r="E158" s="9"/>
       <c r="F158" s="9"/>
       <c r="G158" s="9"/>
       <c r="H158" s="9"/>
       <c r="I158" s="9"/>
       <c r="J158"/>
     </row>
-    <row r="159" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="159" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A159" s="61"/>
       <c r="B159" s="7"/>
       <c r="C159" s="9"/>
       <c r="D159" s="9"/>
       <c r="E159" s="9"/>
       <c r="F159" s="9"/>
       <c r="G159" s="9"/>
       <c r="H159" s="9"/>
       <c r="I159" s="9"/>
       <c r="J159"/>
     </row>
-    <row r="160" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="160" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A160" s="7"/>
       <c r="B160" s="7"/>
       <c r="C160" s="9"/>
       <c r="D160" s="9"/>
       <c r="E160" s="9"/>
       <c r="F160" s="9"/>
       <c r="G160" s="9"/>
       <c r="H160" s="9"/>
       <c r="I160" s="9"/>
       <c r="J160"/>
     </row>
-    <row r="161" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="161" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A161" s="10" t="s">
         <v>188</v>
       </c>
       <c r="B161" s="10"/>
     </row>
-    <row r="162" spans="1:11" ht="93" x14ac:dyDescent="0.35">
+    <row r="162" spans="1:11" ht="93" x14ac:dyDescent="0.25">
       <c r="A162" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E162" s="33" t="s">
         <v>190</v>
       </c>
       <c r="F162" s="33" t="s">
         <v>348</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>349</v>
       </c>
       <c r="H162" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I162" s="11" t="s">
         <v>322</v>
       </c>
       <c r="J162" s="11" t="s">
         <v>277</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="163" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="163" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A163" s="26"/>
       <c r="B163" s="27"/>
       <c r="C163" s="27"/>
       <c r="D163" s="28"/>
       <c r="E163" s="28"/>
       <c r="F163" s="28"/>
       <c r="G163" s="28"/>
       <c r="H163" s="29"/>
       <c r="I163" s="30"/>
       <c r="J163" s="30"/>
       <c r="K163" s="31"/>
     </row>
-    <row r="164" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="164" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A164" s="12" t="s">
         <v>191</v>
       </c>
       <c r="B164" s="12" t="s">
         <v>192</v>
       </c>
       <c r="C164" s="12"/>
       <c r="D164" s="18"/>
       <c r="E164" s="18"/>
       <c r="F164" s="18"/>
       <c r="G164" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I164" s="19"/>
       <c r="J164" s="19"/>
       <c r="K164" s="12" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="165" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="165" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A165" s="20" t="s">
         <v>194</v>
       </c>
       <c r="B165" s="12" t="s">
         <v>195</v>
       </c>
       <c r="C165" s="12"/>
       <c r="D165" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="23"/>
       <c r="F165" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I165" s="19"/>
       <c r="J165" s="19"/>
       <c r="K165" s="12" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="166" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="166" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A166" s="20" t="s">
         <v>196</v>
       </c>
       <c r="B166" s="12" t="s">
         <v>197</v>
       </c>
       <c r="C166" s="12"/>
       <c r="D166" s="16"/>
       <c r="E166" s="23"/>
       <c r="F166" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I166" s="19"/>
       <c r="J166" s="19"/>
       <c r="K166" s="12" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="167" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="167" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A167" s="20" t="s">
         <v>199</v>
       </c>
       <c r="B167" s="12" t="s">
         <v>200</v>
       </c>
       <c r="C167" s="12"/>
       <c r="D167" s="16"/>
       <c r="E167" s="23"/>
       <c r="F167" s="23"/>
       <c r="G167" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I167" s="19"/>
       <c r="J167" s="19"/>
       <c r="K167" s="12" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="168" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="168" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A168" s="20" t="s">
         <v>202</v>
       </c>
       <c r="B168" s="12" t="s">
         <v>203</v>
       </c>
       <c r="C168" s="12"/>
       <c r="D168" s="16"/>
       <c r="E168" s="23"/>
       <c r="F168" s="23"/>
       <c r="G168" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I168" s="19"/>
       <c r="J168" s="19"/>
       <c r="K168" s="12" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="169" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A169" s="20" t="s">
         <v>205</v>
       </c>
       <c r="B169" s="12" t="s">
         <v>206</v>
       </c>
       <c r="C169" s="12"/>
       <c r="D169" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="23"/>
       <c r="F169" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I169" s="19"/>
       <c r="J169" s="19"/>
       <c r="K169" s="12" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="170" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="170" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A170" s="20" t="s">
         <v>208</v>
       </c>
       <c r="B170" s="12" t="s">
         <v>209</v>
       </c>
       <c r="C170" s="12"/>
       <c r="D170" s="16"/>
       <c r="E170" s="23"/>
       <c r="F170" s="23"/>
       <c r="G170" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H170" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I170" s="19"/>
       <c r="J170" s="19"/>
       <c r="K170" s="32" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="171" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="171" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A171" s="20" t="s">
         <v>210</v>
       </c>
       <c r="B171" s="12" t="s">
         <v>211</v>
       </c>
       <c r="C171" s="12"/>
       <c r="D171" s="16"/>
       <c r="E171" s="23"/>
       <c r="F171" s="23"/>
       <c r="G171" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I171" s="19"/>
       <c r="J171" s="19"/>
       <c r="K171" s="12" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="172" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="172" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A172" s="20" t="s">
         <v>213</v>
       </c>
       <c r="B172" s="12" t="s">
         <v>214</v>
       </c>
       <c r="C172" s="12"/>
       <c r="D172" s="16"/>
       <c r="E172" s="23"/>
       <c r="F172" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I172" s="19"/>
       <c r="J172" s="19"/>
       <c r="K172" s="12" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="173" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="173" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A173" s="20" t="s">
         <v>216</v>
       </c>
       <c r="B173" s="12" t="s">
         <v>217</v>
       </c>
       <c r="C173" s="12"/>
       <c r="D173" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="23"/>
       <c r="F173" s="23"/>
       <c r="G173" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I173" s="19"/>
       <c r="J173" s="19"/>
       <c r="K173" s="21" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="174" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="174" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A174" s="20" t="s">
         <v>219</v>
       </c>
       <c r="B174" s="12" t="s">
         <v>220</v>
       </c>
       <c r="C174" s="12"/>
       <c r="D174" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="23"/>
       <c r="F174" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H174" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I174" s="19"/>
       <c r="J174" s="19"/>
       <c r="K174" s="12" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="175" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A175" s="20" t="s">
         <v>222</v>
       </c>
       <c r="B175" s="12" t="s">
         <v>223</v>
       </c>
       <c r="C175" s="12"/>
       <c r="D175" s="16"/>
       <c r="E175" s="23"/>
       <c r="F175" s="23"/>
       <c r="G175" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H175" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I175" s="19"/>
       <c r="J175" s="19"/>
       <c r="K175" s="12" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="176" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="176" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A176" s="20" t="s">
         <v>225</v>
       </c>
       <c r="B176" s="12" t="s">
         <v>226</v>
       </c>
       <c r="C176" s="12"/>
       <c r="D176" s="16"/>
       <c r="E176" s="23"/>
       <c r="F176" s="23"/>
       <c r="G176" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H176" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I176" s="19"/>
       <c r="J176" s="19"/>
       <c r="K176" s="12" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="177" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="177" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A177" s="20" t="s">
         <v>227</v>
       </c>
       <c r="B177" s="12" t="s">
         <v>228</v>
       </c>
       <c r="C177" s="12"/>
       <c r="D177" s="16"/>
       <c r="E177" s="23"/>
       <c r="F177" s="23"/>
       <c r="G177" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H177" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I177" s="19"/>
       <c r="J177" s="19"/>
       <c r="K177" s="12" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="178" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="178" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A178" s="20" t="s">
         <v>230</v>
       </c>
       <c r="B178" s="12" t="s">
         <v>231</v>
       </c>
       <c r="C178" s="12"/>
       <c r="D178" s="16"/>
       <c r="E178" s="23"/>
       <c r="F178" s="23"/>
       <c r="G178" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H178" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I178" s="19"/>
       <c r="J178" s="19"/>
       <c r="K178" s="12" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="179" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="179" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A179" s="20" t="s">
         <v>232</v>
       </c>
       <c r="B179" s="12" t="s">
         <v>233</v>
       </c>
       <c r="C179" s="12"/>
       <c r="D179" s="16"/>
       <c r="E179" s="23"/>
       <c r="F179" s="23"/>
       <c r="G179" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H179" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I179" s="19"/>
       <c r="J179" s="19"/>
       <c r="K179" s="12" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="180" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A180" s="20" t="s">
         <v>235</v>
       </c>
       <c r="B180" s="12" t="s">
         <v>236</v>
       </c>
       <c r="C180" s="12"/>
       <c r="D180" s="16"/>
       <c r="E180" s="23"/>
       <c r="F180" s="23"/>
       <c r="G180" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H180" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I180" s="19"/>
       <c r="J180" s="19"/>
       <c r="K180" s="12" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="181" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="181" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A181" s="20" t="s">
         <v>238</v>
       </c>
       <c r="B181" s="12" t="s">
         <v>239</v>
       </c>
       <c r="C181" s="12"/>
       <c r="D181" s="16"/>
       <c r="E181" s="23"/>
       <c r="F181" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H181" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I181" s="19"/>
       <c r="J181" s="19"/>
       <c r="K181" s="12" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="182" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="182" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A182" s="20" t="s">
         <v>241</v>
       </c>
       <c r="B182" s="12" t="s">
         <v>242</v>
       </c>
       <c r="C182" s="12"/>
       <c r="D182" s="16"/>
       <c r="E182" s="23"/>
       <c r="F182" s="23"/>
       <c r="G182" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H182" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I182" s="19"/>
       <c r="J182" s="19"/>
       <c r="K182" s="12" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="183" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="183" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A183" s="20" t="s">
         <v>244</v>
       </c>
       <c r="B183" s="12" t="s">
         <v>245</v>
       </c>
       <c r="C183" s="12"/>
       <c r="D183" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="23"/>
       <c r="F183" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H183" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I183" s="19"/>
       <c r="J183" s="19"/>
       <c r="K183" s="38" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="184" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="184" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A184" s="20" t="s">
         <v>246</v>
       </c>
       <c r="B184" s="12" t="s">
         <v>247</v>
       </c>
       <c r="C184" s="12"/>
       <c r="D184" s="16"/>
       <c r="E184" s="23"/>
       <c r="F184" s="23"/>
       <c r="G184" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H184" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I184" s="19"/>
       <c r="J184" s="19"/>
       <c r="K184" s="12" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="185" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="185" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A185" s="20" t="s">
         <v>249</v>
       </c>
       <c r="B185" s="12" t="s">
         <v>250</v>
       </c>
       <c r="C185" s="12"/>
       <c r="D185" s="16"/>
       <c r="E185" s="23"/>
       <c r="F185" s="23"/>
       <c r="G185" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H185" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I185" s="19"/>
       <c r="J185" s="19"/>
       <c r="K185" s="12" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="186" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="186" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A186" s="20" t="s">
         <v>252</v>
       </c>
       <c r="B186" s="12" t="s">
         <v>253</v>
       </c>
       <c r="C186" s="12"/>
       <c r="D186" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="23"/>
       <c r="F186" s="23"/>
       <c r="G186" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H186" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I186" s="19"/>
       <c r="J186" s="19"/>
       <c r="K186" s="12" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="187" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A187" s="20" t="s">
         <v>255</v>
       </c>
       <c r="B187" s="12" t="s">
         <v>256</v>
       </c>
       <c r="C187" s="12"/>
       <c r="D187" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="23" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H187" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I187" s="19"/>
       <c r="J187" s="19"/>
       <c r="K187" s="12" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="188" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="188" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A188" s="20" t="s">
         <v>258</v>
       </c>
       <c r="B188" s="12" t="s">
         <v>259</v>
       </c>
       <c r="C188" s="12"/>
       <c r="D188" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="23"/>
       <c r="F188" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H188" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I188" s="19"/>
       <c r="J188" s="19"/>
       <c r="K188" s="12" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="189" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="189" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A189" s="20" t="s">
         <v>261</v>
       </c>
       <c r="B189" s="12" t="s">
         <v>262</v>
       </c>
       <c r="C189" s="12"/>
       <c r="D189" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="23" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H189" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I189" s="19"/>
       <c r="J189" s="19"/>
       <c r="K189" s="22" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="190" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:11" x14ac:dyDescent="0.25">
       <c r="B190" s="7"/>
     </row>
-    <row r="191" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A191" s="10" t="s">
         <v>183</v>
       </c>
       <c r="B191" s="7"/>
     </row>
-    <row r="192" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="192" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A192" s="15" t="s">
         <v>264</v>
       </c>
       <c r="B192" s="7"/>
     </row>
-    <row r="193" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="15" t="s">
         <v>265</v>
       </c>
       <c r="B193" s="7"/>
     </row>
-    <row r="194" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="15" t="s">
         <v>266</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="17" type="noConversion"/>
+  <phoneticPr fontId="16" type="noConversion"/>
   <conditionalFormatting sqref="A121:A141 C121:K141">
-    <cfRule type="expression" dxfId="29" priority="3">
+    <cfRule type="expression" dxfId="3" priority="3">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A58:K120">
-    <cfRule type="expression" dxfId="28" priority="7">
+    <cfRule type="expression" dxfId="2" priority="7">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A164:K189">
+    <cfRule type="expression" dxfId="1" priority="18">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B121:B141">
-    <cfRule type="expression" dxfId="27" priority="2">
-[...4 lines deleted...]
-    <cfRule type="expression" dxfId="26" priority="18">
+    <cfRule type="expression" dxfId="0" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="K104" r:id="rId1" display="e-client@cicicam-cinalfa.ch" xr:uid="{F5625F82-2901-4002-BE47-BB42CACAF4B8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.72499999999999998" bottom="0.52500000000000002" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Standard"&amp;8Datenempfänger
 Destinataire de données
 Destinatari dei dati &amp;R&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;D&amp;R&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
   <tableParts count="2">
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
-</file>
-[...310 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{98616167-5668-4e66-acbf-925e81df8b00}" enabled="0" method="" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Wichtig Importante Importante</vt:lpstr>
       <vt:lpstr>Endempfänger</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Swissdec</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Endempfängerliste</dc:title>
   <dc:creator>koch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>