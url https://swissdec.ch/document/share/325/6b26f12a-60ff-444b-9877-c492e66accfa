--- v1 (2025-10-27)
+++ v2 (2025-11-27)
@@ -8,72 +8,72 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\storage.itserve.ch\data\itServe\Development\swissdecLohnstandard_old\Resultate\Publikation\AdressenEndempfaenger\final20250313XXXXXXXXX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\storage.itserve.ch\data\itServe\Development\swissdecLohnstandard_old\Resultate\Publikation\AdressenEndempfaenger\final20251024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C974D173-EB2E-44A6-82FB-C5777ABF46BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C355CCB9-BEDD-4C67-8683-AA3CB15AFAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3795" yWindow="2850" windowWidth="28590" windowHeight="17100" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11055" yWindow="5775" windowWidth="26415" windowHeight="17040" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Wichtig Importante Importante" sheetId="2" r:id="rId1"/>
     <sheet name="Endempfänger" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1006" uniqueCount="464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1006" uniqueCount="466">
   <si>
     <t>Vers.-Nr.
 No assureur
 N° assciuratore</t>
   </si>
   <si>
     <t>UVG 
 LAA 
 AINF</t>
   </si>
   <si>
     <t>UVGZ
  LAAC
 LAINFC</t>
   </si>
   <si>
     <t>KTG
  IJM
 IGM</t>
   </si>
   <si>
     <t>BVG
 LPP
 LPP</t>
   </si>
@@ -1677,50 +1677,56 @@
     <t>engineering@grapehealth.ch</t>
   </si>
   <si>
     <t>CHE-313.051.787</t>
   </si>
   <si>
     <t>ÖKK Kranken- und Unfallversicherungen AG</t>
   </si>
   <si>
     <t xml:space="preserve"> x </t>
   </si>
   <si>
     <t xml:space="preserve">  2</t>
   </si>
   <si>
     <t>L37</t>
   </si>
   <si>
     <t>CHE-105.961.752</t>
   </si>
   <si>
     <t>Nur EMA (Eintritte, Mutation, Austritte)</t>
   </si>
   <si>
     <t>(x) EMA</t>
+  </si>
+  <si>
+    <t>kls-support@allianz-suisse.ch</t>
+  </si>
+  <si>
+    <t>Allianz Suisse Lebensversicherungs-Gesellschaft AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1890,51 +1896,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="69">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -2049,58 +2055,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E6BA67EE-0E1C-472A-B233-96EBEFECBEF1}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{04F0B5B1-E3B6-4018-9756-E9796B2C10CA}"/>
   </cellStyles>
   <dxfs count="30">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
@@ -2770,52 +2769,52 @@
     <row r="5" spans="1:1" ht="183" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="25" t="s">
         <v>280</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="1.1041666666666667" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Standard"&amp;8Datenempfänger
 Destinataire de données
 Destinatari dei dati &amp;R&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;D</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K194"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A16" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="G17" sqref="G17"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" customWidth="1"/>
     <col min="2" max="2" width="57.28515625" customWidth="1"/>
     <col min="3" max="3" width="16" style="9" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="9" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" style="9" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.5703125" style="9" customWidth="1"/>
     <col min="8" max="8" width="6" style="9" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" style="9" customWidth="1"/>
     <col min="10" max="10" width="9.85546875" customWidth="1"/>
     <col min="11" max="11" width="37.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="53" t="s">
         <v>0</v>
@@ -2928,643 +2927,643 @@
         <v>13</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>323</v>
       </c>
       <c r="D6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="59"/>
       <c r="H6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="59"/>
       <c r="J6" s="48"/>
       <c r="K6" s="48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="65" t="s">
+      <c r="A7" s="50" t="s">
         <v>460</v>
       </c>
-      <c r="B7" s="66" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="67" t="s">
+      <c r="B7" s="37" t="s">
+        <v>465</v>
+      </c>
+      <c r="C7" s="51" t="s">
         <v>461</v>
       </c>
-      <c r="D7" s="68"/>
-[...2 lines deleted...]
-      <c r="G7" s="68" t="s">
+      <c r="D7" s="47"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="47"/>
+      <c r="G7" s="47" t="s">
         <v>463</v>
       </c>
-      <c r="H7" s="68" t="s">
-[...5 lines deleted...]
-        <v>14</v>
+      <c r="H7" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="47"/>
+      <c r="J7" s="37"/>
+      <c r="K7" s="65" t="s">
+        <v>464</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A8" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="48" t="s">
         <v>319</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>324</v>
       </c>
       <c r="D8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="59"/>
       <c r="H8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="59"/>
       <c r="J8" s="48"/>
       <c r="K8" s="48" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="65" t="s">
+      <c r="A9" s="50" t="s">
         <v>267</v>
       </c>
-      <c r="B9" s="66" t="s">
+      <c r="B9" s="37" t="s">
         <v>268</v>
       </c>
-      <c r="C9" s="67" t="s">
+      <c r="C9" s="51" t="s">
         <v>325</v>
       </c>
-      <c r="D9" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K9" s="66" t="s">
+      <c r="D9" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="47"/>
+      <c r="H9" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="47"/>
+      <c r="J9" s="37"/>
+      <c r="K9" s="37" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A10" s="58" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="48" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="52" t="s">
         <v>326</v>
       </c>
       <c r="D10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="59"/>
       <c r="H10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="59"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="65" t="s">
+      <c r="A11" s="50" t="s">
         <v>101</v>
       </c>
-      <c r="B11" s="66" t="s">
+      <c r="B11" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="67" t="s">
+      <c r="C11" s="51" t="s">
         <v>327</v>
       </c>
-      <c r="D11" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K11" s="66" t="s">
+      <c r="D11" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="47"/>
+      <c r="H11" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="47"/>
+      <c r="J11" s="37"/>
+      <c r="K11" s="37" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="58" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="48" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="52" t="s">
         <v>328</v>
       </c>
       <c r="D12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="59"/>
       <c r="H12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="59"/>
       <c r="J12" s="48"/>
       <c r="K12" s="48" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A13" s="65" t="s">
+      <c r="A13" s="50" t="s">
         <v>453</v>
       </c>
-      <c r="B13" s="66" t="s">
+      <c r="B13" s="37" t="s">
         <v>454</v>
       </c>
-      <c r="C13" s="67" t="s">
+      <c r="C13" s="51" t="s">
         <v>456</v>
       </c>
-      <c r="D13" s="68"/>
-[...10 lines deleted...]
-      <c r="K13" s="66" t="s">
+      <c r="D13" s="47"/>
+      <c r="E13" s="47"/>
+      <c r="F13" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="47"/>
+      <c r="H13" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="47"/>
+      <c r="J13" s="37"/>
+      <c r="K13" s="37" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="58" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="48" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="52" t="s">
         <v>329</v>
       </c>
       <c r="D14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="59"/>
       <c r="H14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I14" s="59"/>
       <c r="J14" s="48"/>
       <c r="K14" s="48" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A15" s="65" t="s">
+      <c r="A15" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="66" t="s">
+      <c r="B15" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="C15" s="67" t="s">
+      <c r="C15" s="51" t="s">
         <v>330</v>
       </c>
-      <c r="D15" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K15" s="66" t="s">
+      <c r="D15" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="47"/>
+      <c r="H15" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="47"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A16" s="58" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="48" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="52" t="s">
         <v>331</v>
       </c>
       <c r="D16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="59"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A17" s="65" t="s">
+      <c r="A17" s="50" t="s">
         <v>30</v>
       </c>
-      <c r="B17" s="66" t="s">
+      <c r="B17" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="67" t="s">
+      <c r="C17" s="51" t="s">
         <v>332</v>
       </c>
-      <c r="D17" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K17" s="66" t="s">
+      <c r="D17" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="47"/>
+      <c r="H17" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="47"/>
+      <c r="J17" s="37"/>
+      <c r="K17" s="37" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A18" s="58" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="48" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="52" t="s">
         <v>344</v>
       </c>
       <c r="D18" s="59"/>
       <c r="E18" s="59"/>
       <c r="F18" s="59" t="s">
         <v>458</v>
       </c>
       <c r="G18" s="59"/>
       <c r="H18" s="59" t="s">
         <v>458</v>
       </c>
       <c r="I18" s="59"/>
       <c r="J18" s="48"/>
       <c r="K18" s="48" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A19" s="65" t="s">
+      <c r="A19" s="50" t="s">
         <v>343</v>
       </c>
-      <c r="B19" s="66" t="s">
+      <c r="B19" s="37" t="s">
         <v>457</v>
       </c>
-      <c r="C19" s="67" t="s">
+      <c r="C19" s="51" t="s">
         <v>333</v>
       </c>
-      <c r="D19" s="68" t="s">
-[...9 lines deleted...]
-      <c r="H19" s="68" t="s">
+      <c r="D19" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="47"/>
+      <c r="H19" s="47" t="s">
         <v>458</v>
       </c>
-      <c r="I19" s="68"/>
-[...1 lines deleted...]
-      <c r="K19" s="66" t="s">
+      <c r="I19" s="47"/>
+      <c r="J19" s="37"/>
+      <c r="K19" s="37" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A20" s="58" t="s">
         <v>37</v>
       </c>
       <c r="B20" s="48" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="52" t="s">
         <v>334</v>
       </c>
       <c r="D20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="59"/>
       <c r="H20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I20" s="59"/>
       <c r="J20" s="48"/>
       <c r="K20" s="48" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A21" s="65" t="s">
+      <c r="A21" s="50" t="s">
         <v>301</v>
       </c>
-      <c r="B21" s="66" t="s">
+      <c r="B21" s="37" t="s">
         <v>302</v>
       </c>
-      <c r="C21" s="67" t="s">
+      <c r="C21" s="51" t="s">
         <v>335</v>
       </c>
-      <c r="D21" s="68"/>
-[...10 lines deleted...]
-      <c r="K21" s="66" t="s">
+      <c r="D21" s="47"/>
+      <c r="E21" s="47"/>
+      <c r="F21" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="47"/>
+      <c r="H21" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="47"/>
+      <c r="J21" s="37"/>
+      <c r="K21" s="37" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A22" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B22" s="48" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="52" t="s">
         <v>336</v>
       </c>
       <c r="D22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="59"/>
       <c r="G22" s="59"/>
       <c r="H22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I22" s="59"/>
       <c r="J22" s="48"/>
       <c r="K22" s="48" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A23" s="65" t="s">
+      <c r="A23" s="50" t="s">
         <v>43</v>
       </c>
-      <c r="B23" s="66" t="s">
+      <c r="B23" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="C23" s="67" t="s">
+      <c r="C23" s="51" t="s">
         <v>337</v>
       </c>
-      <c r="D23" s="68" t="s">
-[...8 lines deleted...]
-      <c r="I23" s="68" t="s">
+      <c r="D23" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="47"/>
+      <c r="F23" s="47"/>
+      <c r="G23" s="47"/>
+      <c r="H23" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="47" t="s">
         <v>298</v>
       </c>
-      <c r="J23" s="66" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="66" t="s">
+      <c r="J23" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="K23" s="37" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A24" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="48" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="52" t="s">
         <v>338</v>
       </c>
       <c r="D24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="59"/>
       <c r="H24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="59" t="s">
         <v>298</v>
       </c>
       <c r="J24" s="48" t="s">
         <v>11</v>
       </c>
       <c r="K24" s="48" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A25" s="65" t="s">
+      <c r="A25" s="50" t="s">
         <v>270</v>
       </c>
-      <c r="B25" s="66" t="s">
+      <c r="B25" s="37" t="s">
         <v>271</v>
       </c>
-      <c r="C25" s="67" t="s">
+      <c r="C25" s="51" t="s">
         <v>339</v>
       </c>
-      <c r="D25" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K25" s="66" t="s">
+      <c r="D25" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="47"/>
+      <c r="H25" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="47"/>
+      <c r="J25" s="37"/>
+      <c r="K25" s="37" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A26" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="48" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="52" t="s">
         <v>340</v>
       </c>
       <c r="D26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="59"/>
       <c r="H26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I26" s="59"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A27" s="65" t="s">
+      <c r="A27" s="50" t="s">
         <v>51</v>
       </c>
-      <c r="B27" s="66" t="s">
+      <c r="B27" s="37" t="s">
         <v>52</v>
       </c>
-      <c r="C27" s="67" t="s">
+      <c r="C27" s="51" t="s">
         <v>341</v>
       </c>
-      <c r="D27" s="68" t="s">
-[...14 lines deleted...]
-      <c r="K27" s="66" t="s">
+      <c r="D27" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="47"/>
+      <c r="H27" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="47"/>
+      <c r="J27" s="37"/>
+      <c r="K27" s="37" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A28" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="48" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="52" t="s">
         <v>342</v>
       </c>
       <c r="D28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="59"/>
       <c r="H28" s="59" t="s">
         <v>11</v>