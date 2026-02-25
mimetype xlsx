--- v2 (2025-11-27)
+++ v3 (2026-02-25)
@@ -4,76 +4,76 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\storage.itserve.ch\data\itServe\Development\swissdecLohnstandard_old\Resultate\Publikation\AdressenEndempfaenger\final20251024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\storage.itserve.ch\data\itServe\Development\swissdecLohnstandard_old\Resultate\Publikation\AdressenEndempfaenger\final20260204\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C355CCB9-BEDD-4C67-8683-AA3CB15AFAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B38D208-E903-4334-93A7-96BC5491C47B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11055" yWindow="5775" windowWidth="26415" windowHeight="17040" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="9070" yWindow="2940" windowWidth="26810" windowHeight="16400" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Wichtig Importante Importante" sheetId="2" r:id="rId1"/>
     <sheet name="Endempfänger" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1006" uniqueCount="466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1012" uniqueCount="470">
   <si>
     <t>Vers.-Nr.
 No assureur
 N° assciuratore</t>
   </si>
   <si>
     <t>UVG 
 LAA 
 AINF</t>
   </si>
   <si>
     <t>UVGZ
  LAAC
 LAINFC</t>
   </si>
   <si>
     <t>KTG
  IJM
 IGM</t>
   </si>
   <si>
     <t>BVG
 LPP
 LPP</t>
   </si>
@@ -431,87 +431,81 @@
   <si>
     <t>038.000</t>
   </si>
   <si>
     <t>support@panvica.ch</t>
   </si>
   <si>
     <t>115.000</t>
   </si>
   <si>
     <t>099.000</t>
   </si>
   <si>
     <t>elm@promea.ch</t>
   </si>
   <si>
     <t>105.000</t>
   </si>
   <si>
     <t>support@ak105.ch</t>
   </si>
   <si>
     <t>005.000</t>
   </si>
   <si>
-    <t>elm@aksz.ch</t>
-[...1 lines deleted...]
-  <si>
     <t>011.000</t>
   </si>
   <si>
     <t>079.000</t>
   </si>
   <si>
     <t>013.000</t>
   </si>
   <si>
     <t>017.000</t>
   </si>
   <si>
     <t>elm@svasg.ch</t>
   </si>
   <si>
     <t>060.000</t>
   </si>
   <si>
     <t>support@ak60.ch</t>
   </si>
   <si>
     <t>117.000</t>
   </si>
   <si>
     <t>020.000</t>
   </si>
   <si>
     <t>info@svztg.ch</t>
   </si>
   <si>
     <t>055.000</t>
-  </si>
-[...1 lines deleted...]
-    <t>IT@ahv55tgv.ch</t>
   </si>
   <si>
     <t>069.000</t>
   </si>
   <si>
     <t>004.000</t>
   </si>
   <si>
     <t xml:space="preserve">info@akuri.ch </t>
   </si>
   <si>
     <t>023.000</t>
   </si>
   <si>
     <t>e-business@avs.vs.ch</t>
   </si>
   <si>
     <t>022.000</t>
   </si>
   <si>
     <t>swissdec@avs22.vd.ch</t>
   </si>
   <si>
     <t>081.000</t>
   </si>
@@ -1495,78 +1489,72 @@
   <si>
     <t>Ausgleichskasse MOBIL</t>
   </si>
   <si>
     <t>Ausgleichskasse Nidwalden</t>
   </si>
   <si>
     <t>Ausgleichskasse IV-Stelle Obwalden</t>
   </si>
   <si>
     <t>Ostschweizerische Ausgleichskasse für Handel und Industrie</t>
   </si>
   <si>
     <t>Ausgleichskasse PANVICA</t>
   </si>
   <si>
     <t>Ausgleichskasse Privatkliniken</t>
   </si>
   <si>
     <t>Ausgleichskasse PROMEA</t>
   </si>
   <si>
     <t>Ausgleichskasse des Schweizerischen Gewerbes</t>
   </si>
   <si>
-    <t>Ausgleichskasse und IV-Stelle Schwyz</t>
-[...1 lines deleted...]
-  <si>
     <t>AHV-Ausgleichskasse Simulac</t>
   </si>
   <si>
     <t>Ausgleichskasse des Kantons Solothurn</t>
   </si>
   <si>
     <t>Spida AHV-Ausgleichskasse</t>
   </si>
   <si>
     <t>SVA Basel-Landschaft</t>
   </si>
   <si>
     <t>SVA St. Gallen</t>
   </si>
   <si>
     <t>Ausgleichskasse Swissmem</t>
   </si>
   <si>
     <t>consimo - Ausgleichskasse 117 swisstempcomp</t>
   </si>
   <si>
     <t>Sozialversicherungszentrum Thurgau</t>
-  </si>
-[...1 lines deleted...]
-    <t>AHV-Ausgleichskasse des Thurgauer Gewerbeverbandes</t>
   </si>
   <si>
     <t>Ausgleichskasse Transport</t>
   </si>
   <si>
     <t>Ausgleichskasse der Uhrenindustrie CCHI</t>
   </si>
   <si>
     <t>Caisse de compensation AVS de l'industrie horologère - Agence 51.3</t>
   </si>
   <si>
     <t>Ausgleichskasse der Uhrenindustrie  - Agentur 51.4</t>
   </si>
   <si>
     <t>Ausgleichskasse der Uhrenindustrie  - Agentur 51.5</t>
   </si>
   <si>
     <t>Ausgleichskasse der Uhrenindustrie  - Agentur 51.7</t>
   </si>
   <si>
     <t>Ausgleichskasse der Uhrenindustrie  - Agentur 51.10</t>
   </si>
   <si>
     <t>Sozialversicherungsstelle Uri</t>
   </si>
@@ -1683,50 +1671,74 @@
     <t>ÖKK Kranken- und Unfallversicherungen AG</t>
   </si>
   <si>
     <t xml:space="preserve"> x </t>
   </si>
   <si>
     <t xml:space="preserve">  2</t>
   </si>
   <si>
     <t>L37</t>
   </si>
   <si>
     <t>CHE-105.961.752</t>
   </si>
   <si>
     <t>Nur EMA (Eintritte, Mutation, Austritte)</t>
   </si>
   <si>
     <t>(x) EMA</t>
   </si>
   <si>
     <t>kls-support@allianz-suisse.ch</t>
   </si>
   <si>
     <t>Allianz Suisse Lebensversicherungs-Gesellschaft AG</t>
+  </si>
+  <si>
+    <t>Ausgleichskasse Gewerbe Thurgau-Schaffhausen</t>
+  </si>
+  <si>
+    <t>IT@ak55.ch</t>
+  </si>
+  <si>
+    <t>L2</t>
+  </si>
+  <si>
+    <t>SwissLife</t>
+  </si>
+  <si>
+    <t>elm@swisslife.ch</t>
+  </si>
+  <si>
+    <t>CHE-105.928.677</t>
+  </si>
+  <si>
+    <t>SVA Schwyz</t>
+  </si>
+  <si>
+    <t>info@sva-sz.ch</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1896,51 +1908,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -2055,51 +2067,56 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E6BA67EE-0E1C-472A-B233-96EBEFECBEF1}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="2" xr:uid="{04F0B5B1-E3B6-4018-9756-E9796B2C10CA}"/>
   </cellStyles>
   <dxfs count="30">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
@@ -2412,70 +2429,70 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{C6F2D713-1529-4CF0-AF71-85547F209016}" name="Tabelle4" displayName="Tabelle4" ref="A162:K189" totalsRowShown="0" headerRowDxfId="29" headerRowBorderDxfId="28">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{C6F2D713-1529-4CF0-AF71-85547F209016}" name="Tabelle4" displayName="Tabelle4" ref="A163:K190" totalsRowShown="0" headerRowDxfId="29" headerRowBorderDxfId="28">
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{911E3895-1A34-47AF-BB7F-2ACB7099AAF5}" name="Vers.-Nr._x000a_No assureur_x000a_N° assciuratore" dataDxfId="27" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{128D2852-C628-4632-8394-1F4F5EFF1A98}" name="Datenempfänger_x000a_Destinataire de données_x000a_Destinatari dei dati" dataDxfId="26"/>
     <tableColumn id="19" xr3:uid="{70A504B9-AA8E-4021-AACF-FB2CA3D4732E}" name=" " dataDxfId="25"/>
     <tableColumn id="3" xr3:uid="{0AC87C61-1695-4AC9-8566-E36740CE0390}" name="Lohnausweis_x000a_Certificat de salaire_x000a_Certificato di salario" dataDxfId="24"/>
     <tableColumn id="4" xr3:uid="{F851DE4C-893E-4904-AC4E-D71B8C7A1787}" name="Lohnausweis Wohnsitz im Ausland_x000a_Domiciliation à l’étranger_x000a_Residenza all’estero" dataDxfId="23" dataCellStyle="Normal 2"/>
     <tableColumn id="5" xr3:uid="{9E364C7D-1EEC-43F4-902F-99D1F7439770}" name="Grenzgänger-meldung_x000a_Déclaration des frontaliers_x000a_Dichiarazione dei frontalieri" dataDxfId="22" dataCellStyle="Normal 2"/>
     <tableColumn id="6" xr3:uid="{50224B3C-119D-4701-B117-B3A06BCEF302}" name="Quellen-steuer_x000a_Impôt à la source_x000a_Imposta alla fonte" dataDxfId="21"/>
     <tableColumn id="7" xr3:uid="{4A17556D-44C4-412C-A6E9-BB31F426AE0C}" name="ELM" dataDxfId="20"/>
     <tableColumn id="8" xr3:uid="{9B48C113-B4A8-4389-AD3C-0CE1FF3EF911}" name="   " dataDxfId="19" dataCellStyle="Normal 2"/>
     <tableColumn id="9" xr3:uid="{61927F76-B0E2-4C15-86DA-6B21B5212C49}" name="  " dataDxfId="18" dataCellStyle="Normal 2"/>
     <tableColumn id="10" xr3:uid="{EE54790F-644D-4CEA-B83D-AE118D7BF82B}" name="Support E-Mail" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{572CC334-2C7A-48F3-B6C6-772E7663A15C}" name="Tabelle5" displayName="Tabelle5" ref="A56:K144" totalsRowShown="0" dataDxfId="15" headerRowBorderDxfId="16">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{572CC334-2C7A-48F3-B6C6-772E7663A15C}" name="Tabelle5" displayName="Tabelle5" ref="A57:K145" totalsRowShown="0" dataDxfId="15" headerRowBorderDxfId="16">
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{4B4D23EE-2A5A-4386-868F-0947AC445CAF}" name="AK-Nr._x000a_no CC_x000a_no CC" dataDxfId="14"/>
     <tableColumn id="2" xr3:uid="{2DBC41D2-7A1D-4CEA-BB82-C0F47057EA1F}" name="Datenempfänger_x000a_Destinataire de données_x000a_Destinatari dei dati" dataDxfId="13"/>
     <tableColumn id="11" xr3:uid="{BA40D827-6FA5-4352-BB37-48CBABD0E8C0}" name=" " dataDxfId="12"/>
     <tableColumn id="3" xr3:uid="{16A651E8-F5E3-47C9-9F76-717104DB5A84}" name="   " dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{5684A573-714E-4F2D-B19A-E9249271171D}" name="AHV_x000a_AVS" dataDxfId="10"/>
     <tableColumn id="5" xr3:uid="{BA9FCC1D-FD8D-4B14-926A-127A07C3FD5C}" name="FAK_x000a_CAF" dataDxfId="9"/>
     <tableColumn id="6" xr3:uid="{051CF819-196C-4224-8905-9EF62EC9EC75}" name="Jahr_x000a_Année_x000a_Anno" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{FE83CF2E-E107-48FF-B17A-E492CF87F472}" name="ELM" dataDxfId="7"/>
     <tableColumn id="8" xr3:uid="{F1C2AEB8-8F17-44CE-9702-35EC3F8EFD9A}" name="  " dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{C86309CD-7653-478D-B589-9E2D14C2A1F9}" name="  2" dataDxfId="5"/>
     <tableColumn id="10" xr3:uid="{40046FF8-7F74-4711-9859-305AD294427E}" name="Support E-Mail" dataDxfId="4"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2726,4025 +2743,4056 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-client@cicicam-cinalfa.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F0B58CA-CB0A-4659-BC36-C7DD0FB5146B}">
   <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="153.28515625" customWidth="1"/>
+    <col min="1" max="1" width="153.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="178.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:1" ht="178.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="34" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="24"/>
+    </row>
+    <row r="3" spans="1:1" ht="203.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="35" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="15.75" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    <row r="5" spans="1:1" ht="183" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" ht="183" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="25" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="1.1041666666666667" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Standard"&amp;8Datenempfänger
 Destinataire de données
 Destinatari dei dati &amp;R&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;D</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K194"/>
+  <dimension ref="A1:K195"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A185" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="B113" sqref="B113"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="16.7109375" customWidth="1"/>
-    <col min="2" max="2" width="57.28515625" customWidth="1"/>
+    <col min="1" max="1" width="16.7265625" customWidth="1"/>
+    <col min="2" max="2" width="57.26953125" customWidth="1"/>
     <col min="3" max="3" width="16" style="9" customWidth="1"/>
-    <col min="4" max="4" width="17.85546875" style="9" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="12.5703125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="17.81640625" style="9" customWidth="1"/>
+    <col min="5" max="5" width="15.26953125" style="9" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" style="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.54296875" style="9" customWidth="1"/>
     <col min="8" max="8" width="6" style="9" customWidth="1"/>
-    <col min="9" max="9" width="9.42578125" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="37.28515625" customWidth="1"/>
+    <col min="9" max="9" width="9.453125" style="9" customWidth="1"/>
+    <col min="10" max="10" width="9.81640625" customWidth="1"/>
+    <col min="11" max="11" width="37.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="49" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="53" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="54" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C2" s="55" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D2" s="56" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="56" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="56" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="56" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="55" t="s">
         <v>5</v>
       </c>
       <c r="I2" s="55" t="s">
         <v>6</v>
       </c>
       <c r="J2" s="57" t="s">
         <v>7</v>
       </c>
       <c r="K2" s="57" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="49"/>
       <c r="B3" s="37"/>
       <c r="C3" s="47"/>
       <c r="D3" s="47"/>
       <c r="E3" s="47"/>
       <c r="F3" s="47"/>
       <c r="G3" s="47"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="37"/>
       <c r="K3" s="37"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="58" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="48" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C4" s="52" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="D4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="59"/>
       <c r="J4" s="48"/>
       <c r="K4" s="48" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A5" s="50" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B5" s="37" t="s">
+        <v>357</v>
+      </c>
+      <c r="C5" s="51" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="D5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="47"/>
       <c r="F5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="47"/>
       <c r="H5" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="47"/>
       <c r="J5" s="37"/>
       <c r="K5" s="37" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A6" s="58" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="48" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="52" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="59"/>
       <c r="H6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="59"/>
       <c r="J6" s="48"/>
       <c r="K6" s="48" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A7" s="50" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="B7" s="37" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C7" s="51" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D7" s="47"/>
       <c r="E7" s="47"/>
       <c r="F7" s="47"/>
       <c r="G7" s="47" t="s">
-        <v>463</v>
+        <v>11</v>
       </c>
       <c r="H7" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="47"/>
       <c r="J7" s="37"/>
-      <c r="K7" s="65" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K7" s="37" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A8" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="48" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C8" s="52" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="59"/>
       <c r="H8" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="59"/>
       <c r="J8" s="48"/>
       <c r="K8" s="48" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A9" s="50" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B9" s="37" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C9" s="51" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D9" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="47"/>
       <c r="H9" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="47"/>
       <c r="J9" s="37"/>
       <c r="K9" s="37" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A10" s="58" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="48" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="52" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="59"/>
       <c r="H10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="59"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A11" s="50" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="37" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="51" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D11" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="47"/>
       <c r="H11" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="47"/>
       <c r="J11" s="37"/>
       <c r="K11" s="37" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A12" s="58" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="48" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="52" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="59"/>
       <c r="H12" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="59"/>
       <c r="J12" s="48"/>
       <c r="K12" s="48" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A13" s="50" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B13" s="37" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C13" s="51" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="D13" s="47"/>
       <c r="E13" s="47"/>
       <c r="F13" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="47"/>
       <c r="H13" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I13" s="47"/>
       <c r="J13" s="37"/>
       <c r="K13" s="37" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A14" s="58" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="48" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="52" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="59"/>
       <c r="H14" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I14" s="59"/>
       <c r="J14" s="48"/>
       <c r="K14" s="48" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A15" s="50" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="51" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D15" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="47"/>
       <c r="H15" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I15" s="47"/>
       <c r="J15" s="37"/>
       <c r="K15" s="37" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A16" s="58" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="48" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="52" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="59"/>
       <c r="J16" s="48"/>
       <c r="K16" s="48" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A17" s="50" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="37" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="51" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="47"/>
       <c r="H17" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I17" s="47"/>
       <c r="J17" s="37"/>
       <c r="K17" s="37" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A18" s="58" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="48" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="52" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D18" s="59"/>
       <c r="E18" s="59"/>
       <c r="F18" s="59" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G18" s="59"/>
       <c r="H18" s="59" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="I18" s="59"/>
       <c r="J18" s="48"/>
       <c r="K18" s="48" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A19" s="50" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B19" s="37" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="C19" s="51" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D19" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="47"/>
       <c r="H19" s="47" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="I19" s="47"/>
       <c r="J19" s="37"/>
       <c r="K19" s="37" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A20" s="58" t="s">
         <v>37</v>
       </c>
       <c r="B20" s="48" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="52" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="59"/>
       <c r="H20" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I20" s="59"/>
       <c r="J20" s="48"/>
       <c r="K20" s="48" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A21" s="50" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B21" s="37" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C21" s="51" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="47"/>
       <c r="F21" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="47"/>
       <c r="H21" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I21" s="47"/>
       <c r="J21" s="37"/>
       <c r="K21" s="37" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A22" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B22" s="48" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="52" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="59"/>
       <c r="G22" s="59"/>
       <c r="H22" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I22" s="59"/>
       <c r="J22" s="48"/>
       <c r="K22" s="48" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A23" s="50" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="37" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="51" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D23" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="47"/>
       <c r="F23" s="47"/>
       <c r="G23" s="47"/>
       <c r="H23" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="47" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="J23" s="37" t="s">
         <v>11</v>
       </c>
       <c r="K23" s="37" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A24" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="48" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="52" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="59"/>
       <c r="H24" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="59" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="J24" s="48" t="s">
         <v>11</v>
       </c>
       <c r="K24" s="48" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="37" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="50" t="s">
-        <v>270</v>
+        <v>464</v>
       </c>
       <c r="B25" s="37" t="s">
-        <v>271</v>
+        <v>465</v>
       </c>
       <c r="C25" s="51" t="s">
-        <v>339</v>
-[...10 lines deleted...]
-      <c r="G25" s="47"/>
+        <v>467</v>
+      </c>
+      <c r="D25" s="47"/>
+      <c r="E25" s="47"/>
+      <c r="F25" s="47"/>
+      <c r="G25" s="47" t="s">
+        <v>11</v>
+      </c>
       <c r="H25" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I25" s="47"/>
-      <c r="J25" s="37"/>
       <c r="K25" s="37" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A26" s="58" t="s">
-        <v>48</v>
+        <v>268</v>
       </c>
       <c r="B26" s="48" t="s">
-        <v>49</v>
+        <v>269</v>
       </c>
       <c r="C26" s="52" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="59"/>
       <c r="H26" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I26" s="59"/>
       <c r="J26" s="48"/>
       <c r="K26" s="48" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A27" s="50" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B27" s="37" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C27" s="51" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D27" s="47" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="47" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="47"/>
       <c r="H27" s="47" t="s">
         <v>11</v>
       </c>
       <c r="I27" s="47"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-        <v>54</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A28" s="58" t="s">
+        <v>51</v>
       </c>
       <c r="B28" s="48" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C28" s="52" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="59"/>
       <c r="H28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="I28" s="59"/>
       <c r="J28" s="48"/>
       <c r="K28" s="48" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A29" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" s="37" t="s">
+        <v>55</v>
+      </c>
+      <c r="C29" s="51" t="s">
+        <v>340</v>
+      </c>
+      <c r="D29" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="47"/>
+      <c r="H29" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="47"/>
+      <c r="J29" s="37"/>
+      <c r="K29" s="37" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A31" t="s">
+    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A31" s="36" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>283</v>
+      </c>
+      <c r="B32" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>284</v>
+      </c>
+      <c r="B33" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
         <v>285</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B34" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>286</v>
+      </c>
+      <c r="B35" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B33" t="s">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B36" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B34" t="s">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>459</v>
+      </c>
+      <c r="B37" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B35" t="s">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A38" t="s">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A55" s="10" t="s">
+    <row r="55" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="8"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A56" s="10" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="56" spans="1:11" ht="51" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C56" s="2" t="s">
+    <row r="57" spans="1:11" ht="51" x14ac:dyDescent="0.35">
+      <c r="A57" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B57" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="C57" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="F56" s="3" t="s">
+      <c r="F57" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="G56" s="3" t="s">
+      <c r="G57" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="H56" s="4" t="s">
+      <c r="H57" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="I56" s="11" t="s">
-[...5 lines deleted...]
-      <c r="K56" s="5" t="s">
+      <c r="I57" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="J57" s="60" t="s">
+        <v>455</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      </c>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="C58"/>
       <c r="J58" s="9"/>
-      <c r="K58" s="37" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A59" s="39" t="s">
-        <v>77</v>
+        <v>179</v>
       </c>
       <c r="B59" s="37" t="s">
-        <v>380</v>
+        <v>180</v>
       </c>
       <c r="C59" s="37"/>
       <c r="E59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J59" s="9"/>
       <c r="K59" s="37" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A60" s="39" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>77</v>
+      </c>
+      <c r="B60" s="37" t="s">
+        <v>378</v>
       </c>
       <c r="C60" s="37"/>
       <c r="E60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J60" s="9"/>
-      <c r="K60" s="45" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K60" s="37" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A61" s="39" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>106</v>
+      </c>
+      <c r="B61" s="46" t="s">
+        <v>398</v>
       </c>
       <c r="C61" s="37"/>
       <c r="E61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J61" s="9"/>
-      <c r="K61" s="37" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K61" s="45" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A62" s="39" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="B62" s="37" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="C62" s="37"/>
       <c r="E62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J62" s="9"/>
       <c r="K62" s="37" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A63" s="39" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B63" s="37" t="s">
-        <v>407</v>
+        <v>468</v>
       </c>
       <c r="C63" s="37"/>
       <c r="E63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J63" s="9"/>
-      <c r="K63" s="37" t="s">
-[...3 lines deleted...]
-    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K63" s="66" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A64" s="39" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B64" s="37" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C64" s="37"/>
       <c r="E64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J64" s="9"/>
       <c r="K64" s="37" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A65" s="39" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="B65" s="37" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="C65" s="13"/>
+        <v>404</v>
+      </c>
+      <c r="C65" s="37"/>
       <c r="E65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J65" s="9"/>
       <c r="K65" s="37" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A66" s="39" t="s">
-        <v>149</v>
+        <v>170</v>
       </c>
       <c r="B66" s="37" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="C66" s="37"/>
+        <v>439</v>
+      </c>
+      <c r="C66" s="13"/>
       <c r="E66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J66" s="9"/>
       <c r="K66" s="37" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A67" s="39" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="B67" s="37" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="C67" s="37"/>
       <c r="E67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J67" s="9"/>
       <c r="K67" s="37" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A68" s="39" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="B68" s="37" t="s">
-        <v>415</v>
+        <v>431</v>
       </c>
       <c r="C68" s="37"/>
       <c r="E68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J68" s="9"/>
       <c r="K68" s="37" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A69" s="39" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="B69" s="37" t="s">
-        <v>378</v>
+        <v>412</v>
       </c>
       <c r="C69" s="37"/>
       <c r="E69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J69" s="9"/>
       <c r="K69" s="37" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A70" s="39" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="B70" s="37" t="s">
-        <v>417</v>
+        <v>376</v>
       </c>
       <c r="C70" s="37"/>
       <c r="E70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J70" s="9"/>
       <c r="K70" s="37" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A71" s="39" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="B71" s="37" t="s">
-        <v>179</v>
+        <v>414</v>
       </c>
       <c r="C71" s="37"/>
       <c r="E71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J71" s="9"/>
       <c r="K71" s="37" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A72" s="39" t="s">
-        <v>369</v>
+        <v>176</v>
       </c>
       <c r="B72" s="37" t="s">
-        <v>374</v>
+        <v>177</v>
       </c>
       <c r="C72" s="37"/>
       <c r="E72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J72" s="9"/>
-      <c r="K72" t="s">
-[...3 lines deleted...]
-    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K72" s="37" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A73" s="39" t="s">
-        <v>68</v>
+        <v>367</v>
       </c>
       <c r="B73" s="37" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C73" s="37"/>
       <c r="E73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J73" s="9"/>
-      <c r="K73" s="37" t="s">
-[...3 lines deleted...]
-    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K73" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A74" s="39" t="s">
-        <v>132</v>
+        <v>68</v>
       </c>
       <c r="B74" s="37" t="s">
-        <v>418</v>
+        <v>373</v>
       </c>
       <c r="C74" s="37"/>
       <c r="E74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J74" s="9"/>
       <c r="K74" s="37" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A75" s="39" t="s">
-        <v>176</v>
+        <v>131</v>
       </c>
       <c r="B75" s="37" t="s">
-        <v>444</v>
+        <v>415</v>
       </c>
       <c r="C75" s="37"/>
       <c r="E75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J75" s="9"/>
       <c r="K75" s="37" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A76" s="39" t="s">
         <v>174</v>
       </c>
       <c r="B76" s="37" t="s">
-        <v>175</v>
+        <v>440</v>
       </c>
       <c r="C76" s="37"/>
       <c r="E76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J76" s="9"/>
       <c r="K76" s="37" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A77" s="39" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="B77" s="37" t="s">
-        <v>421</v>
+        <v>173</v>
       </c>
       <c r="C77" s="37"/>
       <c r="E77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J77" s="9"/>
       <c r="K77" s="37" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A78" s="39" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="B78" s="37" t="s">
-        <v>445</v>
+        <v>418</v>
       </c>
       <c r="C78" s="37"/>
       <c r="E78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J78" s="9"/>
       <c r="K78" s="37" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A79" s="39" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="B79" s="37" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="C79" s="37"/>
       <c r="E79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J79" s="9"/>
       <c r="K79" s="37" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A80" s="39" t="s">
         <v>144</v>
       </c>
       <c r="B80" s="37" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C80" s="37"/>
       <c r="E80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J80" s="9"/>
       <c r="K80" s="37" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A81" s="39" t="s">
-        <v>161</v>
+        <v>142</v>
       </c>
       <c r="B81" s="37" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="C81" s="37"/>
       <c r="E81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J81" s="9"/>
       <c r="K81" s="37" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A82" s="39" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="B82" s="37" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="C82" s="13"/>
+        <v>432</v>
+      </c>
+      <c r="C82" s="37"/>
       <c r="E82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J82" s="9"/>
       <c r="K82" s="37" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A83" s="39" t="s">
-        <v>89</v>
+        <v>169</v>
       </c>
       <c r="B83" s="37" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="C83" s="37"/>
+        <v>438</v>
+      </c>
+      <c r="C83" s="13"/>
       <c r="E83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J83" s="9"/>
       <c r="K83" s="37" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A84" s="39" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>89</v>
+      </c>
+      <c r="B84" s="37" t="s">
+        <v>386</v>
       </c>
       <c r="C84" s="37"/>
       <c r="E84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J84" s="9"/>
       <c r="K84" s="37" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A85" s="39" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>107</v>
+      </c>
+      <c r="B85" s="46" t="s">
+        <v>399</v>
       </c>
       <c r="C85" s="37"/>
       <c r="E85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J85" s="9"/>
       <c r="K85" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A86" s="39" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="B86" s="37" t="s">
-        <v>386</v>
+        <v>411</v>
       </c>
       <c r="C86" s="37"/>
       <c r="E86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J86" s="9"/>
       <c r="K86" s="37" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A87" s="39" t="s">
-        <v>119</v>
+        <v>87</v>
       </c>
       <c r="B87" s="37" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="C87" s="37"/>
       <c r="E87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J87" s="9"/>
       <c r="K87" s="37" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A88" s="39" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B88" s="37" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C88" s="37"/>
       <c r="E88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J88" s="9"/>
       <c r="K88" s="37" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A89" s="39" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B89" s="37" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C89" s="37"/>
       <c r="E89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J89" s="9"/>
       <c r="K89" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A90" s="39" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="B90" s="37" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="C90" s="37"/>
       <c r="E90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J90" s="9"/>
       <c r="K90" s="37" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A91" s="39" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B91" s="37" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="C91" s="37"/>
       <c r="E91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J91" s="9"/>
       <c r="K91" s="37" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A92" s="39" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="B92" s="37" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="C92" s="37"/>
       <c r="E92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J92" s="9"/>
       <c r="K92" s="37" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A93" s="39" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="B93" s="37" t="s">
-        <v>376</v>
+        <v>407</v>
       </c>
       <c r="C93" s="37"/>
       <c r="E93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J93" s="9"/>
       <c r="K93" s="37" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A94" s="39" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="B94" s="37" t="s">
-        <v>441</v>
+        <v>374</v>
       </c>
       <c r="C94" s="37"/>
       <c r="E94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J94" s="9"/>
       <c r="K94" s="37" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A95" s="39" t="s">
-        <v>101</v>
+        <v>168</v>
       </c>
       <c r="B95" s="37" t="s">
-        <v>397</v>
+        <v>437</v>
       </c>
       <c r="C95" s="37"/>
       <c r="E95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J95" s="9"/>
       <c r="K95" s="37" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A96" s="39" t="s">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="B96" s="37" t="s">
-        <v>371</v>
+        <v>395</v>
       </c>
       <c r="C96" s="37"/>
       <c r="E96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J96" s="9"/>
       <c r="K96" s="37" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        <v>307</v>
+        <v>354</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A97" s="39" t="s">
+        <v>62</v>
       </c>
       <c r="B97" s="37" t="s">
-        <v>424</v>
+        <v>369</v>
       </c>
       <c r="C97" s="37"/>
       <c r="E97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J97" s="9"/>
       <c r="K97" s="37" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A98" s="44" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B98" s="37" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C98" s="37"/>
       <c r="E98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J98" s="9"/>
       <c r="K98" s="37" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A99" s="44" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B99" s="37" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C99" s="37"/>
       <c r="E99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J99" s="9"/>
       <c r="K99" s="37" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A100" s="44" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B100" s="37" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C100" s="37"/>
       <c r="E100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J100" s="9"/>
       <c r="K100" s="37" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A101" s="44" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B101" s="37" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="C101" s="37"/>
       <c r="E101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J101" s="9"/>
       <c r="K101" s="37" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A102" s="44" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B102" s="37" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C102" s="37"/>
       <c r="E102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J102" s="9"/>
       <c r="K102" s="37" t="s">
-        <v>316</v>
-[...4 lines deleted...]
-        <v>139</v>
+        <v>313</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A103" s="44" t="s">
+        <v>310</v>
       </c>
       <c r="B103" s="37" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C103" s="37"/>
       <c r="E103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J103" s="9"/>
       <c r="K103" s="37" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A104" s="39" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="B104" s="37" t="s">
-        <v>439</v>
+        <v>462</v>
       </c>
       <c r="C104" s="37"/>
       <c r="E104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J104" s="9"/>
-      <c r="K104" s="37" t="s">
-[...3 lines deleted...]
-    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K104" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A105" s="39" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
       <c r="B105" s="37" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="C105" s="37"/>
       <c r="E105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J105" s="9"/>
       <c r="K105" s="37" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A106" s="39" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="B106" s="37" t="s">
-        <v>381</v>
+        <v>416</v>
       </c>
       <c r="C106" s="37"/>
       <c r="E106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J106" s="9"/>
       <c r="K106" s="37" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A107" s="39" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="B107" s="37" t="s">
-        <v>434</v>
+        <v>379</v>
       </c>
       <c r="C107" s="37"/>
       <c r="E107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J107" s="9"/>
       <c r="K107" s="37" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A108" s="39" t="s">
-        <v>76</v>
+        <v>149</v>
       </c>
       <c r="B108" s="37" t="s">
-        <v>379</v>
+        <v>430</v>
       </c>
       <c r="C108" s="37"/>
       <c r="E108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J108" s="9"/>
       <c r="K108" s="37" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      <c r="A109" s="10" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A109" s="39" t="s">
+        <v>76</v>
+      </c>
+      <c r="B109" s="37" t="s">
+        <v>377</v>
+      </c>
+      <c r="C109" s="37"/>
+      <c r="E109" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H109" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="J109" s="9"/>
+      <c r="K109" s="37" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" s="65" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="67" t="s">
         <v>57</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C110" s="2" t="s">
+      <c r="C110" s="68"/>
+      <c r="D110" s="68"/>
+      <c r="E110" s="68"/>
+      <c r="F110" s="68"/>
+      <c r="G110" s="68"/>
+      <c r="H110" s="68"/>
+      <c r="I110" s="68"/>
+    </row>
+    <row r="111" spans="1:11" ht="51" x14ac:dyDescent="0.35">
+      <c r="A111" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B111" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D110" s="3"/>
-      <c r="E110" s="3" t="s">
+      <c r="C111" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D111" s="3"/>
+      <c r="E111" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="F110" s="3" t="s">
+      <c r="F111" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="G110" s="3" t="s">
+      <c r="G111" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="H110" s="4" t="s">
+      <c r="H111" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="I110" s="11" t="s">
-[...5 lines deleted...]
-      <c r="K110" s="5" t="s">
+      <c r="I111" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="J111" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="K111" s="5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A112" s="40"/>
+      <c r="B112" s="41"/>
+      <c r="C112" s="41"/>
+      <c r="D112" s="42"/>
+      <c r="E112" s="42"/>
+      <c r="F112" s="42"/>
+      <c r="G112" s="42"/>
+      <c r="H112" s="42"/>
+      <c r="I112" s="42"/>
+      <c r="J112" s="42"/>
+      <c r="K112" s="43"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A113" s="39" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="B113" s="37" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="C113" s="37"/>
       <c r="E113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J113" s="9"/>
       <c r="K113" s="37" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A114" s="39" t="s">
-        <v>110</v>
+        <v>139</v>
       </c>
       <c r="B114" s="37" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="C114" s="37"/>
       <c r="E114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J114" s="9"/>
       <c r="K114" s="37" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A115" s="39" t="s">
-        <v>168</v>
+        <v>110</v>
       </c>
       <c r="B115" s="37" t="s">
-        <v>440</v>
+        <v>401</v>
       </c>
       <c r="C115" s="37"/>
       <c r="E115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J115" s="9"/>
       <c r="K115" s="37" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A116" s="39" t="s">
-        <v>66</v>
+        <v>166</v>
       </c>
       <c r="B116" s="37" t="s">
-        <v>373</v>
+        <v>436</v>
       </c>
       <c r="C116" s="37"/>
       <c r="E116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J116" s="9"/>
       <c r="K116" s="37" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A117" s="39" t="s">
-        <v>112</v>
+        <v>66</v>
       </c>
       <c r="B117" s="37" t="s">
-        <v>404</v>
+        <v>371</v>
       </c>
       <c r="C117" s="37"/>
       <c r="E117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J117" s="9"/>
       <c r="K117" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A118" s="39" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="B118" s="37" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="C118" s="37"/>
       <c r="E118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J118" s="9"/>
       <c r="K118" s="37" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A119" s="39" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="B119" s="37" t="s">
-        <v>449</v>
+        <v>413</v>
       </c>
       <c r="C119" s="37"/>
       <c r="E119" s="9" t="s">
         <v>11</v>
       </c>
+      <c r="F119" s="9" t="s">
+        <v>11</v>
+      </c>
       <c r="G119" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H119" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J119" s="9"/>
       <c r="K119" s="37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A120" s="39" t="s">
-        <v>81</v>
+        <v>146</v>
       </c>
       <c r="B120" s="37" t="s">
-        <v>382</v>
+        <v>445</v>
       </c>
       <c r="C120" s="37"/>
       <c r="E120" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="F120" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J120" s="9"/>
       <c r="K120" s="37" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A121" s="39" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B121" s="37" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C121" s="37"/>
       <c r="E121" s="9" t="s">
         <v>11</v>
       </c>
+      <c r="F121" s="9" t="s">
+        <v>11</v>
+      </c>
       <c r="G121" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J121" s="9"/>
       <c r="K121" s="37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A122" s="39" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="B122" s="37" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="C122" s="37"/>
       <c r="E122" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="F122" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J122" s="9"/>
       <c r="K122" s="37" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A123" s="39" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B123" s="37" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="C123" s="37"/>
       <c r="E123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J123" s="9"/>
       <c r="K123" s="37" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A124" s="39" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
       <c r="B124" s="37" t="s">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="C124" s="37"/>
       <c r="E124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J124" s="9"/>
       <c r="K124" s="37" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A125" s="39" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="B125" s="37" t="s">
-        <v>372</v>
+        <v>409</v>
       </c>
       <c r="C125" s="37"/>
       <c r="E125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J125" s="9"/>
       <c r="K125" s="37" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A126" s="39" t="s">
-        <v>125</v>
+        <v>64</v>
       </c>
       <c r="B126" s="37" t="s">
-        <v>412</v>
+        <v>370</v>
       </c>
       <c r="C126" s="37"/>
       <c r="E126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J126" s="9"/>
       <c r="K126" s="37" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A127" s="39" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="B127" s="37" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="C127" s="37"/>
       <c r="E127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J127" s="9"/>
       <c r="K127" s="37" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A128" s="39" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B128" s="37" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C128" s="37"/>
       <c r="E128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J128" s="9"/>
       <c r="K128" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A129" s="39" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B129" s="37" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C129" s="37"/>
       <c r="E129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J129" s="9"/>
       <c r="K129" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A130" s="39" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B130" s="37" t="s">
         <v>393</v>
       </c>
       <c r="C130" s="37"/>
       <c r="E130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H130" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J130" s="9"/>
       <c r="K130" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A131" s="39" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B131" s="37" t="s">
         <v>391</v>
       </c>
       <c r="C131" s="37"/>
       <c r="E131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J131" s="9"/>
       <c r="K131" s="37" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A132" s="39" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="B132" s="37" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C132" s="37"/>
       <c r="E132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J132" s="9"/>
       <c r="K132" s="37" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A133" s="39" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B133" s="37" t="s">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="C133" s="37"/>
       <c r="E133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H133" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J133" s="9"/>
       <c r="K133" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A134" s="39" t="s">
-        <v>165</v>
+        <v>102</v>
       </c>
       <c r="B134" s="37" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="C134" s="37"/>
       <c r="E134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H134" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J134" s="9"/>
       <c r="K134" s="37" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A135" s="39" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="B135" s="37" t="s">
-        <v>154</v>
+        <v>433</v>
       </c>
       <c r="C135" s="37"/>
       <c r="E135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H135" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J135" s="9"/>
       <c r="K135" s="37" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A136" s="39" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="B136" s="37" t="s">
-        <v>399</v>
+        <v>152</v>
       </c>
       <c r="C136" s="37"/>
       <c r="E136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J136" s="9"/>
       <c r="K136" s="37" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:11" x14ac:dyDescent="0.25">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A137" s="39" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="B137" s="37" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="C137" s="37"/>
       <c r="E137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H137" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J137" s="9"/>
       <c r="K137" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A138" s="39" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B138" s="37" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C138" s="37"/>
       <c r="E138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J138" s="9"/>
       <c r="K138" s="37" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A139" s="39" t="s">
-        <v>122</v>
+        <v>88</v>
       </c>
       <c r="B139" s="37" t="s">
-        <v>410</v>
+        <v>385</v>
       </c>
       <c r="C139" s="37"/>
       <c r="E139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J139" s="9"/>
       <c r="K139" s="37" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:11" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A140" s="39" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="B140" s="37" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="C140" s="37"/>
       <c r="E140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J140" s="9"/>
       <c r="K140" s="37" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:11" x14ac:dyDescent="0.25">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A141" s="39" t="s">
-        <v>157</v>
+        <v>135</v>
       </c>
       <c r="B141" s="37" t="s">
-        <v>446</v>
+        <v>417</v>
       </c>
       <c r="C141" s="37"/>
       <c r="E141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H141" s="9" t="s">
         <v>11</v>
       </c>
       <c r="J141" s="9"/>
       <c r="K141" s="37" t="s">
-        <v>158</v>
-[...34 lines deleted...]
-    <row r="144" spans="1:11" x14ac:dyDescent="0.25">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A142" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B142" s="37" t="s">
+        <v>442</v>
+      </c>
+      <c r="C142" s="37"/>
+      <c r="E142" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H142" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="J142" s="9"/>
+      <c r="K142" s="37" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A143" s="62" t="s">
+        <v>446</v>
+      </c>
+      <c r="B143" s="48" t="s">
+        <v>448</v>
+      </c>
+      <c r="C143" s="59"/>
+      <c r="D143" s="63"/>
+      <c r="E143" s="63"/>
+      <c r="F143" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="H143" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="I143" s="63"/>
+      <c r="J143" s="64"/>
+      <c r="K143" s="48" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A144" s="39"/>
       <c r="B144" s="37"/>
       <c r="C144" s="47"/>
       <c r="J144" s="16"/>
       <c r="K144" s="37"/>
     </row>
-    <row r="145" spans="1:11" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A147" s="10" t="s">
+    <row r="145" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A145" s="39"/>
+      <c r="B145" s="37"/>
+      <c r="C145" s="47"/>
+      <c r="J145" s="16"/>
+      <c r="K145" s="37"/>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A146" s="14"/>
+      <c r="B146" s="15"/>
+      <c r="J146" s="12"/>
+    </row>
+    <row r="148" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A148" s="10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="39.5" x14ac:dyDescent="0.35">
+      <c r="A149" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C149" s="2"/>
+      <c r="D149" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="E149" s="11"/>
+      <c r="F149" s="3" t="s">
         <v>184</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="D148" s="3" t="s">
+      <c r="G149" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H149" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="I149" s="11"/>
+      <c r="J149" s="11"/>
+      <c r="K149" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A150" s="6"/>
+    </row>
+    <row r="151" spans="1:11" ht="26" x14ac:dyDescent="0.35">
+      <c r="A151" s="46" t="s">
         <v>185</v>
       </c>
-      <c r="E148" s="11"/>
-[...58 lines deleted...]
-        <v>282</v>
+      <c r="B151" s="37" t="s">
+        <v>350</v>
+      </c>
+      <c r="C151" s="37"/>
+      <c r="D151" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" s="47"/>
+      <c r="F151" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="H151" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="I151" s="47"/>
+      <c r="J151" s="47"/>
+      <c r="K151" s="37" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="B152" s="12"/>
+      <c r="C152" s="16"/>
+      <c r="J152" s="12"/>
+    </row>
+    <row r="153" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A153" s="10" t="s">
+        <v>181</v>
       </c>
       <c r="B153" s="7"/>
     </row>
-    <row r="154" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A154" s="15" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B154" s="7"/>
-      <c r="C154" s="9"/>
-[...9 lines deleted...]
-    <row r="155" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="155" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A155" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B155" s="7"/>
       <c r="C155" s="9"/>
       <c r="D155" s="9"/>
       <c r="E155" s="9"/>
       <c r="F155" s="9"/>
       <c r="G155" s="9"/>
       <c r="H155" s="9"/>
       <c r="I155" s="9"/>
       <c r="J155"/>
       <c r="K155"/>
     </row>
-    <row r="156" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>353</v>
+    <row r="156" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="15" t="s">
+        <v>282</v>
       </c>
       <c r="B156" s="7"/>
       <c r="C156" s="9"/>
       <c r="D156" s="9"/>
       <c r="E156" s="9"/>
       <c r="F156" s="9"/>
       <c r="G156" s="9"/>
       <c r="H156" s="9"/>
       <c r="I156" s="9"/>
       <c r="J156"/>
       <c r="K156"/>
     </row>
-    <row r="157" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A157" s="61" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B157" s="7"/>
       <c r="C157" s="9"/>
       <c r="D157" s="9"/>
       <c r="E157" s="9"/>
       <c r="F157" s="9"/>
       <c r="G157" s="9"/>
       <c r="H157" s="9"/>
       <c r="I157" s="9"/>
       <c r="J157"/>
       <c r="K157"/>
     </row>
-    <row r="158" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A158" s="61" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B158" s="7"/>
       <c r="C158" s="9"/>
       <c r="D158" s="9"/>
       <c r="E158" s="9"/>
       <c r="F158" s="9"/>
       <c r="G158" s="9"/>
       <c r="H158" s="9"/>
       <c r="I158" s="9"/>
       <c r="J158"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A159" s="61"/>
+      <c r="K158"/>
+    </row>
+    <row r="159" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="61" t="s">
+        <v>353</v>
+      </c>
       <c r="B159" s="7"/>
       <c r="C159" s="9"/>
       <c r="D159" s="9"/>
       <c r="E159" s="9"/>
       <c r="F159" s="9"/>
       <c r="G159" s="9"/>
       <c r="H159" s="9"/>
       <c r="I159" s="9"/>
       <c r="J159"/>
     </row>
-    <row r="160" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="7"/>
+    <row r="160" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="61"/>
       <c r="B160" s="7"/>
       <c r="C160" s="9"/>
       <c r="D160" s="9"/>
       <c r="E160" s="9"/>
       <c r="F160" s="9"/>
       <c r="G160" s="9"/>
       <c r="H160" s="9"/>
       <c r="I160" s="9"/>
       <c r="J160"/>
     </row>
-    <row r="161" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A161" s="10" t="s">
+    <row r="161" spans="1:11" s="17" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="7"/>
+      <c r="B161" s="7"/>
+      <c r="C161" s="9"/>
+      <c r="D161" s="9"/>
+      <c r="E161" s="9"/>
+      <c r="F161" s="9"/>
+      <c r="G161" s="9"/>
+      <c r="H161" s="9"/>
+      <c r="I161" s="9"/>
+      <c r="J161"/>
+    </row>
+    <row r="162" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A162" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="B162" s="10"/>
+    </row>
+    <row r="163" spans="1:11" ht="93" x14ac:dyDescent="0.35">
+      <c r="A163" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E163" s="33" t="s">
         <v>188</v>
       </c>
-      <c r="B161" s="10"/>
-[...11 lines deleted...]
-      <c r="D162" s="2" t="s">
+      <c r="F163" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="H163" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="I163" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="J163" s="11" t="s">
+        <v>275</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A164" s="26"/>
+      <c r="B164" s="27"/>
+      <c r="C164" s="27"/>
+      <c r="D164" s="28"/>
+      <c r="E164" s="28"/>
+      <c r="F164" s="28"/>
+      <c r="G164" s="28"/>
+      <c r="H164" s="29"/>
+      <c r="I164" s="30"/>
+      <c r="J164" s="30"/>
+      <c r="K164" s="31"/>
+    </row>
+    <row r="165" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A165" s="12" t="s">
         <v>189</v>
       </c>
-      <c r="E162" s="33" t="s">
+      <c r="B165" s="12" t="s">
         <v>190</v>
       </c>
-      <c r="F162" s="33" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="C165" s="12"/>
-      <c r="D165" s="16" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="D165" s="18"/>
+      <c r="E165" s="18"/>
+      <c r="F165" s="18"/>
       <c r="G165" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I165" s="19"/>
       <c r="J165" s="19"/>
       <c r="K165" s="12" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:11" x14ac:dyDescent="0.25">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A166" s="20" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B166" s="12" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C166" s="12"/>
-      <c r="D166" s="16"/>
+      <c r="D166" s="16" t="s">
+        <v>11</v>
+      </c>
       <c r="E166" s="23"/>
       <c r="F166" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I166" s="19"/>
       <c r="J166" s="19"/>
       <c r="K166" s="12" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:11" x14ac:dyDescent="0.25">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A167" s="20" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B167" s="12" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C167" s="12"/>
       <c r="D167" s="16"/>
       <c r="E167" s="23"/>
-      <c r="F167" s="23"/>
+      <c r="F167" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G167" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I167" s="19"/>
       <c r="J167" s="19"/>
       <c r="K167" s="12" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" x14ac:dyDescent="0.25">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A168" s="20" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B168" s="12" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C168" s="12"/>
       <c r="D168" s="16"/>
       <c r="E168" s="23"/>
       <c r="F168" s="23"/>
       <c r="G168" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I168" s="19"/>
       <c r="J168" s="19"/>
       <c r="K168" s="12" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" x14ac:dyDescent="0.25">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A169" s="20" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B169" s="12" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C169" s="12"/>
-      <c r="D169" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D169" s="16"/>
       <c r="E169" s="23"/>
-      <c r="F169" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F169" s="23"/>
       <c r="G169" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I169" s="19"/>
       <c r="J169" s="19"/>
       <c r="K169" s="12" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" x14ac:dyDescent="0.25">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A170" s="20" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B170" s="12" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C170" s="12"/>
-      <c r="D170" s="16"/>
+      <c r="D170" s="16" t="s">
+        <v>11</v>
+      </c>
       <c r="E170" s="23"/>
-      <c r="F170" s="23"/>
+      <c r="F170" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G170" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H170" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I170" s="19"/>
       <c r="J170" s="19"/>
-      <c r="K170" s="32" t="s">
-[...3 lines deleted...]
-    <row r="171" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K170" s="12" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A171" s="20" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B171" s="12" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C171" s="12"/>
       <c r="D171" s="16"/>
       <c r="E171" s="23"/>
       <c r="F171" s="23"/>
       <c r="G171" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I171" s="19"/>
       <c r="J171" s="19"/>
-      <c r="K171" s="12" t="s">
-[...3 lines deleted...]
-    <row r="172" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K171" s="32" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A172" s="20" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B172" s="12" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C172" s="12"/>
       <c r="D172" s="16"/>
       <c r="E172" s="23"/>
-      <c r="F172" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F172" s="23"/>
       <c r="G172" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I172" s="19"/>
       <c r="J172" s="19"/>
       <c r="K172" s="12" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:11" x14ac:dyDescent="0.25">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A173" s="20" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B173" s="12" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C173" s="12"/>
-      <c r="D173" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D173" s="16"/>
       <c r="E173" s="23"/>
-      <c r="F173" s="23"/>
+      <c r="F173" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G173" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I173" s="19"/>
       <c r="J173" s="19"/>
-      <c r="K173" s="21" t="s">
-[...3 lines deleted...]
-    <row r="174" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K173" s="12" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A174" s="20" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B174" s="12" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C174" s="12"/>
       <c r="D174" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="23"/>
-      <c r="F174" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F174" s="23"/>
       <c r="G174" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H174" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I174" s="19"/>
       <c r="J174" s="19"/>
-      <c r="K174" s="12" t="s">
-[...3 lines deleted...]
-    <row r="175" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K174" s="21" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A175" s="20" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B175" s="12" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C175" s="12"/>
-      <c r="D175" s="16"/>
+      <c r="D175" s="16" t="s">
+        <v>11</v>
+      </c>
       <c r="E175" s="23"/>
-      <c r="F175" s="23"/>
+      <c r="F175" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G175" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H175" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I175" s="19"/>
       <c r="J175" s="19"/>
       <c r="K175" s="12" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:11" x14ac:dyDescent="0.25">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A176" s="20" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B176" s="12" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C176" s="12"/>
       <c r="D176" s="16"/>
       <c r="E176" s="23"/>
       <c r="F176" s="23"/>
       <c r="G176" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H176" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I176" s="19"/>
       <c r="J176" s="19"/>
       <c r="K176" s="12" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A177" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="B177" s="12" t="s">
         <v>224</v>
-      </c>
-[...6 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C177" s="12"/>
       <c r="D177" s="16"/>
       <c r="E177" s="23"/>
       <c r="F177" s="23"/>
       <c r="G177" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H177" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I177" s="19"/>
       <c r="J177" s="19"/>
       <c r="K177" s="12" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:11" x14ac:dyDescent="0.25">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A178" s="20" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B178" s="12" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C178" s="12"/>
       <c r="D178" s="16"/>
       <c r="E178" s="23"/>
       <c r="F178" s="23"/>
       <c r="G178" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H178" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I178" s="19"/>
       <c r="J178" s="19"/>
       <c r="K178" s="12" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:11" x14ac:dyDescent="0.25">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A179" s="20" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B179" s="12" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C179" s="12"/>
       <c r="D179" s="16"/>
       <c r="E179" s="23"/>
       <c r="F179" s="23"/>
       <c r="G179" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H179" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I179" s="19"/>
       <c r="J179" s="19"/>
       <c r="K179" s="12" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:11" x14ac:dyDescent="0.25">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A180" s="20" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B180" s="12" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C180" s="12"/>
       <c r="D180" s="16"/>
       <c r="E180" s="23"/>
       <c r="F180" s="23"/>
       <c r="G180" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H180" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I180" s="19"/>
       <c r="J180" s="19"/>
       <c r="K180" s="12" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:11" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A181" s="20" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B181" s="12" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C181" s="12"/>
       <c r="D181" s="16"/>
       <c r="E181" s="23"/>
-      <c r="F181" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F181" s="23"/>
       <c r="G181" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H181" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I181" s="19"/>
       <c r="J181" s="19"/>
       <c r="K181" s="12" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:11" x14ac:dyDescent="0.25">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A182" s="20" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B182" s="12" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="C182" s="12"/>
       <c r="D182" s="16"/>
       <c r="E182" s="23"/>
-      <c r="F182" s="23"/>
+      <c r="F182" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G182" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H182" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I182" s="19"/>
       <c r="J182" s="19"/>
       <c r="K182" s="12" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:11" x14ac:dyDescent="0.25">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A183" s="20" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B183" s="12" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C183" s="12"/>
-      <c r="D183" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D183" s="16"/>
       <c r="E183" s="23"/>
-      <c r="F183" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F183" s="23"/>
       <c r="G183" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H183" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I183" s="19"/>
       <c r="J183" s="19"/>
-      <c r="K183" s="38" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K183" s="12" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A184" s="20" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B184" s="12" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C184" s="12"/>
-      <c r="D184" s="16"/>
+      <c r="D184" s="16" t="s">
+        <v>11</v>
+      </c>
       <c r="E184" s="23"/>
-      <c r="F184" s="23"/>
+      <c r="F184" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="G184" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H184" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I184" s="19"/>
       <c r="J184" s="19"/>
-      <c r="K184" s="12" t="s">
-[...3 lines deleted...]
-    <row r="185" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="K184" s="38" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A185" s="20" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B185" s="12" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C185" s="12"/>
       <c r="D185" s="16"/>
       <c r="E185" s="23"/>
       <c r="F185" s="23"/>
       <c r="G185" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H185" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I185" s="19"/>
       <c r="J185" s="19"/>
       <c r="K185" s="12" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:11" x14ac:dyDescent="0.25">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A186" s="20" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B186" s="12" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C186" s="12"/>
-      <c r="D186" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D186" s="16"/>
       <c r="E186" s="23"/>
       <c r="F186" s="23"/>
       <c r="G186" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H186" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I186" s="19"/>
       <c r="J186" s="19"/>
       <c r="K186" s="12" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:11" x14ac:dyDescent="0.25">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A187" s="20" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B187" s="12" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C187" s="12"/>
       <c r="D187" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E187" s="23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E187" s="23"/>
+      <c r="F187" s="23"/>
       <c r="G187" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H187" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I187" s="19"/>
       <c r="J187" s="19"/>
       <c r="K187" s="12" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:11" x14ac:dyDescent="0.25">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A188" s="20" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B188" s="12" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C188" s="12"/>
       <c r="D188" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E188" s="23"/>
+      <c r="E188" s="23" t="s">
+        <v>11</v>
+      </c>
       <c r="F188" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H188" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I188" s="19"/>
       <c r="J188" s="19"/>
       <c r="K188" s="12" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:11" x14ac:dyDescent="0.25">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A189" s="20" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B189" s="12" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="C189" s="12"/>
       <c r="D189" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="E189" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E189" s="23"/>
       <c r="F189" s="23" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H189" s="9" t="s">
         <v>11</v>
       </c>
       <c r="I189" s="19"/>
       <c r="J189" s="19"/>
-      <c r="K189" s="22" t="s">
+      <c r="K189" s="12" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A190" s="20" t="s">
+        <v>259</v>
+      </c>
+      <c r="B190" s="12" t="s">
+        <v>260</v>
+      </c>
+      <c r="C190" s="12"/>
+      <c r="D190" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F190" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="H190" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I190" s="19"/>
+      <c r="J190" s="19"/>
+      <c r="K190" s="22" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="B191" s="7"/>
+    </row>
+    <row r="192" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A192" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="B192" s="7"/>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A193" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="B193" s="7"/>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A194" s="15" t="s">
         <v>263</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="A192" s="15" t="s">
+      <c r="B194" s="7"/>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A195" s="15" t="s">
         <v>264</v>
-      </c>
-[...10 lines deleted...]
-        <v>266</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="16" type="noConversion"/>
-  <conditionalFormatting sqref="A121:A141 C121:K141">
+  <conditionalFormatting sqref="A122:A142 C122:K142">
     <cfRule type="expression" dxfId="3" priority="3">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A58:K120">
+  <conditionalFormatting sqref="A59:K121">
     <cfRule type="expression" dxfId="2" priority="7">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A164:K189">
+  <conditionalFormatting sqref="A165:K190">
     <cfRule type="expression" dxfId="1" priority="18">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B121:B141">
+  <conditionalFormatting sqref="B122:B142">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="K104" r:id="rId1" display="e-client@cicicam-cinalfa.ch" xr:uid="{F5625F82-2901-4002-BE47-BB42CACAF4B8}"/>
+    <hyperlink ref="K105" r:id="rId1" display="e-client@cicicam-cinalfa.ch" xr:uid="{F5625F82-2901-4002-BE47-BB42CACAF4B8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.72499999999999998" bottom="0.52500000000000002" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Standard"&amp;8Datenempfänger
 Destinataire de données
 Destinatari dei dati &amp;R&amp;G</oddHeader>
     <oddFooter>&amp;C&amp;D&amp;R&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
   <tableParts count="2">
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{98616167-5668-4e66-acbf-925e81df8b00}" enabled="0" method="" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">